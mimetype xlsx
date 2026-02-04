--- v0 (2025-12-08)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2861" uniqueCount="1105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3323" uniqueCount="1225">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -336,306 +336,363 @@
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Regime de Urgência do Projeto de Resolução do Legislativo nº 7 de 2025</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Regime de Urgência do Projeto de Lei Ordinária do Executivo nº 41 de 2025</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Regime de Urgência ao projeto de lei ordinária do executivo nº 43/2025.</t>
   </si>
   <si>
-    <t>378</t>
+    <t>379</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>Regime de Urgência ao projeto de lei ordinária do executivo nº 45/2025.</t>
+  </si>
+  <si>
+    <t>380</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>regime de urgência do VETO PARCIAL AO  projeto de lei ordinária do LEGISLATIVO nº 40/2025.</t>
+  </si>
+  <si>
+    <t>381</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>regime de urgência do PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO Nº 45/2025.</t>
+  </si>
+  <si>
+    <t>382</t>
+  </si>
+  <si>
+    <t>regime de urgência do PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO Nº 46/2025.</t>
+  </si>
+  <si>
+    <t>383</t>
+  </si>
+  <si>
+    <t>regime de urgência do PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO Nº 47/2025.</t>
+  </si>
+  <si>
+    <t>411</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>regime de urgência do projeto de lei ordinária do executivo nº 44/2025.</t>
+  </si>
+  <si>
+    <t>414</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>REGIME DE URGÊNCIA Do PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO Nº 48/2025.</t>
+  </si>
+  <si>
+    <t>461</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>REGIME DE URGENCIA AO PROJETO DE LEI ORDINARIA Nº 46 DE 2025 DO PODER EXECUTIVO.</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>DisPa</t>
+  </si>
+  <si>
+    <t>Dispensa de Pareceres</t>
+  </si>
+  <si>
+    <t>Dispensa dos Pareceres ao Projeto de Resolução nº 03/2025.</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>Dispensa dos Pareceres do Projeto de Resolução nº 04/2025 que “ALTERA O LOCAL E HORA DA SESSÃO ORDINÁRIA DO DIA 16 DE SETEMBRO DE 2025”, de autoria do Poder Legislativo.</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>Dispensa dos Pareceres do Projeto de Lei Complementar Substitutivo nº 09/2025 do Poder Executivo.</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>Dispensa dos Pareceres do Projeto de Lei Complementar do Executivo nº 10 de 2025</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t>Márcio K Beça</t>
+  </si>
+  <si>
+    <t>Dispensa de Pareceres ao Projeto de Lei Ordinária do Executivo nº 29 de 2025.</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>189</t>
+  </si>
+  <si>
+    <t>Dispensa de Pareceres ao Projeto de Lei Ordinária 30 do Executivo</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>Dispensa dos Pareceres do Projeto de Lei Complementar do Executivo nº 12 de 2025</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
+    <t>Dispensa dos Pareceres do Projeto de Lei Ordinária do Executivo nº 31 de 2025</t>
+  </si>
+  <si>
+    <t>229</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>A DISPENSA DOS PARECERES DAS COMISSÕES PERMANENTES DO Projeto de Lei complementar do Executivo nº 14 de 2025, QUE  DISPÕES SOBRE: “ALTERA A LEI COMPLEMENTAR MUNICIPAL Nº 03/97, QUE DISPÕE SOBRE O CÓDIGO TRIBUTÁRIO MUNICIPAL, PARA INSTITUIR O DOMCÍLIO TRIBUTÁRIO ELETRÔNICO E O TERMO DE FISCALIZAÇÃO ORIENTATIVA – TFO, NO MUNICÍPIO DE SIDROLÂNDIA, ESTADO DE MATO GROSSO DO SUL, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
+  </si>
+  <si>
+    <t>231</t>
+  </si>
+  <si>
+    <t>A DISPENSA DOS PARECERES DAS COMISSÕES PERMANENTES DO Projeto de Lei complementar do Executivo nº 15 de 2025, QUE DISPÕES SOBRE: “ALTERA A LEI COMPLEMENTAR MUNICIPAL Nº 014/03, QUE DISPÕE SOBRE O IMPOSTO SOBRE SERVIÇOS DE QUALQUER NATUREZA, PARA DISPOR SOBRE A INCIDÊNCIA DO ISSQN NA PRESTAÇÃO DOS SERVIÇOS DE GUINCHO INTRAMUNICIPAL, DE GUINDASTE E DE IÇAMENTO, BEM COMO SOBRE A INCIDÊNCIA DO ISSQN ESTIMADO INCIDENTE SOBRE A CONSTRUÇÃO CIVIL DE EDIFICAÇÕES REALIZADAS POR PESSOAS FÍSICAS, CADASTRADAS OU NÃO, E/OU PESSOAS JURÍDICAS NÃO CADASTRADAS NO MUNICÍPIO E INSTITUIR O TERMO DE FISCALIZAÇÃO ORIENTATIVA – TFO, NO MUNICÍPIO DE SIDROLÂNDIA, ESTADO DE MATO GROSSO DO SUL, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
+  </si>
+  <si>
+    <t>236</t>
+  </si>
+  <si>
+    <t>Dispensa de Pareceres ao Projetto de Lei 13 de 2025 do Executivo</t>
+  </si>
+  <si>
+    <t>238</t>
+  </si>
+  <si>
+    <t>Dispensa de Pareceres ao Projeto de Lei Complementar 16 do Executivo</t>
+  </si>
+  <si>
+    <t>262</t>
+  </si>
+  <si>
+    <t>Dispensa dos Pareceres ao Projeto de Lei Ordinária do Executivo nº 35 de 2025.</t>
+  </si>
+  <si>
+    <t>263</t>
+  </si>
+  <si>
+    <t>Dispensa dos Pareceres ao Projeto de Lei Ordinária do Executivo nº 34 de 2025.</t>
+  </si>
+  <si>
+    <t>265</t>
+  </si>
+  <si>
+    <t>Dispensa dos Pareceres ao Projeto de Lei Ordinária do Executivo nº 37 de 2025.</t>
+  </si>
+  <si>
+    <t>270</t>
+  </si>
+  <si>
+    <t>Dispensa dos Pareceres ao Projeto de Lei Ordinária do Executivo nº 38 de 2025.</t>
+  </si>
+  <si>
+    <t>292</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>Dispensa dos Pareceres ao Projeto de Lei Substitutivo nº 36 de 2025 do Poder Executivo Municipal.</t>
+  </si>
+  <si>
+    <t>296</t>
+  </si>
+  <si>
+    <t>Dispensa dos Pareceres do Projeto de Lei nº 40/2025 do Poder Executivo Municipal.</t>
+  </si>
+  <si>
+    <t>317</t>
+  </si>
+  <si>
+    <t>Dispensa dos Pareceres do Projeto de Lei do Executivo nº 41/2025</t>
+  </si>
+  <si>
+    <t>319</t>
+  </si>
+  <si>
+    <t>Dispensa dos Pareceres do Projeto de Lei do Executivo nº 39/2025</t>
+  </si>
+  <si>
+    <t>337</t>
+  </si>
+  <si>
+    <t>Dispensa dos Pareceres ao Projeto de Lei Ordinária do Executivo nº 42 de 2025</t>
+  </si>
+  <si>
+    <t>341</t>
+  </si>
+  <si>
+    <t>Dispensa dos pareceres do Projeto de Lei Ordinária do Executivo nº 39 de 2025</t>
+  </si>
+  <si>
+    <t>342</t>
+  </si>
+  <si>
+    <t>Dispensa dos Pareceres do Projeto de Lei Complementar do Executivo nº 18 de 2025</t>
+  </si>
+  <si>
+    <t>352</t>
+  </si>
+  <si>
+    <t>Dispensa dos Pareceres do Projeto de Resolução do Legislativo nº 7 de 2025</t>
+  </si>
+  <si>
+    <t>354</t>
+  </si>
+  <si>
+    <t>Dispensa dos Pareceres do Projeto de Lei Ordinária do Executivo nº 41 de 2025</t>
+  </si>
+  <si>
+    <t>384</t>
+  </si>
+  <si>
+    <t>dispensa dos pareceres do projeto de lei ordinária do executivo nº 43/2025.</t>
+  </si>
+  <si>
+    <t>386</t>
+  </si>
+  <si>
+    <t>dispensa dos pareceres do projeto de lei ordinária do executivo nº 45/2025.</t>
+  </si>
+  <si>
+    <t>387</t>
+  </si>
+  <si>
+    <t>dispensa dos pareceres do VETO PARCIAL AO projeto de lei ordinária do LEGISLATIVO nº 40/2025</t>
+  </si>
+  <si>
+    <t>388</t>
+  </si>
+  <si>
+    <t>dispensa dos pareceres do PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO Nº 45/2025.</t>
+  </si>
+  <si>
+    <t>389</t>
+  </si>
+  <si>
+    <t>dispensa dos pareceres do PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO Nº 46/2025.</t>
+  </si>
+  <si>
+    <t>390</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>Regime de Urgência ao projeto de lei ordinária do executivo nº 44/2025.</t>
-[...215 lines deleted...]
-    <t>385</t>
+    <t>dispensa dos pareceres do PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO Nº 47/2025.</t>
+  </si>
+  <si>
+    <t>412</t>
   </si>
   <si>
     <t>dispensa dos pareceres do projeto de lei ordinária do executivo nº 44/2025.</t>
   </si>
   <si>
-    <t>386</t>
-[...26 lines deleted...]
-    <t>dispensa dos pareceres do PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO Nº 47/2025.</t>
+    <t>415</t>
+  </si>
+  <si>
+    <t>DISPENSA DOS PARECERES DO PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO Nº 48/2025.</t>
+  </si>
+  <si>
+    <t>417</t>
+  </si>
+  <si>
+    <t>DISPENSA DOS pareceres das comissões do projeto de lei ordinária do executivo nº 37/2025.</t>
+  </si>
+  <si>
+    <t>419</t>
+  </si>
+  <si>
+    <t>DISPENSA DOS PARECERES DO PROJETO DE LEI COMPLEMENTAR DO EXECUTIVO Nº 18/2025.</t>
+  </si>
+  <si>
+    <t>422</t>
+  </si>
+  <si>
+    <t>DISPENSA DOS PARECERES DO PROJETO DE LEI SUBSTITUTIVO DO EXECUTIVO Nº 41/2025.</t>
+  </si>
+  <si>
+    <t>435</t>
+  </si>
+  <si>
+    <t>A DISPENSA DOS pareceres das comissões do projeto de lei  ordinária do executivo nº 42/2025.</t>
+  </si>
+  <si>
+    <t>462</t>
+  </si>
+  <si>
+    <t>DISPENSA DOS PARECERES DO PROJETO DE LEI ORDINARIA Nº 46 DE 2025 DO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>PCLC</t>
   </si>
   <si>
     <t>Parecer da CLC</t>
   </si>
   <si>
     <t>CLC - Comissão da Legalidade e Cidadania</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/63/parecerclc-053-2025_assinado.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 053/2025_x000D_
 PROJETO DE LEI LEGISLATIVO N. 031/2025_x000D_
 _x000D_
 Autor: Vereadora Juscinei Claro_x000D_
 _x000D_
@@ -989,69 +1046,321 @@
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/365/projetos1-12_9.pdf</t>
   </si>
   <si>
     <t>Parecer nº 077/2025_x000D_
 Projeto de Lei Complementar Municipal nº 017/2025 do Poder Executivo_x000D_
 _x000D_
 Autor: Poder Executivo Municipal</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/364/projetos1-12_1.pdf</t>
   </si>
   <si>
     <t>Parecer nº 078/2025_x000D_
 Projeto de Lei Complementar Municipal nº 019/2025 do Poder Executivo._x000D_
 _x000D_
 Autor: Poder Executivo Municipal</t>
   </si>
   <si>
+    <t>403</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>PARECER Nº 79/2025_x000D_
+PROJETO DE LEI LEGISLATIVON. 043/2025_x000D_
+Autor: Vereadora Juscinei Claro Dino_x000D_
+EMENTA: Dispõe sobre a obrigatoriedade de paridade de gênero na divisão de recursos públicos destinados ao incentivo de modalidades esportivas, garantindo que nenhum gênero_x000D_
+receba menos que 30% dos recursos.</t>
+  </si>
+  <si>
+    <t>405</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>PARECER Nº 80/2025_x000D_
+Projeto de Lei do Executivo Municipal nº 039/2025_x000D_
+Autor: Poder Executivo Municipal_x000D_
+EMENTA:Dispõe sobre abertura de crédito adicional especial no orçamento vigente.</t>
+  </si>
+  <si>
+    <t>407</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>PARECER Nº 81/2025_x000D_
+Projeto de Lei Legislativo nº 044/2025_x000D_
+Autor: da Mesa Diretora_x000D_
+EMENTA: Dispõe sobre o processo legislativo digital na Câmara Municipal de_x000D_
+Sidrolândia/MS, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>420</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>PARECER Nº 82/2025_x000D_
+PROJETO DE LEI MUNICIPAL N. 033/2025 _x000D_
+_x000D_
+Autor: Executivo Municipal_x000D_
+_x000D_
+EMENTA: DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE SIDROLÂNDIA, PARA O PERÍODO DE 2026 A 2029.</t>
+  </si>
+  <si>
+    <t>421</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>PARECER Nº 83/2025_x000D_
+EMENDA ADITIVA N° 11/2025 AO PROJETO DE LEI MUNICIPAL N° 033/2025 DO PODER EXECUTIVO_x000D_
+_x000D_
+Autora: Comissão de Legalidade e Cidadania – CLC</t>
+  </si>
+  <si>
+    <t>425</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>COMISSÃO DE LEGALIDADE E CIDADANIA - CLC_x000D_
+PARECER Nº 84/2025_x000D_
+_x000D_
+PROJETO DE LEI MUNICIPAL N. 032/2025 _x000D_
+_x000D_
+Autor: Executivo Municipal_x000D_
+_x000D_
+EMENTA: Projeto de Lei nº 032/2025 que fixa despesas e estima receitas do Município de Sidrolândia-MS para o exercício de 2026.</t>
+  </si>
+  <si>
+    <t>426</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>COMISSÃO DE LEGALIDADE E CIDADANIA - CLC_x000D_
+PARECER Nº 85/2025_x000D_
+_x000D_
+EMENDA SUPRESSIVA N° 07/2025 AO PROJETO DE LEI  MUNICIPAL N° 032/2025 DO PODER EXECUTIVO_x000D_
+_x000D_
+_x000D_
+Autora: Comissão de Legalidade e Cidadania – CLC_x000D_
+_x000D_
+EMENTA: EMENDA SUPRESSIVA N° 07/2025 AO PROJETO DE LEI Nº 032/2025, de autoria do Poder Executivo: Fica suprimido o art. 11 e seus incisos e seu parágrafo único, conforme abaixo: Art. 11 (suprimido)  I - (suprimido) II - (suprimido) III - (suprimido) IV - (suprimido) Parágrafo único - (suprimido)</t>
+  </si>
+  <si>
+    <t>427</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>COMISSÃO DE LEGALIDADE E CIDADANIA - CLC_x000D_
+PARECER Nº 86/2025_x000D_
+_x000D_
+EMENDA MODIFICATIVA N°  30/2025 AO PROJETO DE LEI Nº 032/2025 DO PODER EXECUTIVO_x000D_
+_x000D_
+_x000D_
+Autora: Comissão de Legalidade e Cidadania – CLC_x000D_
+_x000D_
+EMENTA: EMENDA MODIFICATIVA N°  30/2025 AO PROJETO DE LEI Nº 032/2025, de autoria do Poder Executivo: Modifica-se o inciso IV do art. 12, que passa a vigorar com a seguinte redação: “art. 12 (...) (...) IV – Modificar as categorias econômicas, os grupos de natureza de despesas, e a modalidade e fonte de recursos mediante decreto de créditos adicionais, suplementares, até o limite estabelecido no art. 10 desta lei e quando especiais, mediante prévia autorização legislativa.</t>
+  </si>
+  <si>
+    <t>428</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>COMISSÃO DE LEGALIDADE E CIDADANIA - CLC_x000D_
+PARECER Nº 87/2025_x000D_
+_x000D_
+EMENDA MODIFICATIVA N° 31/2025 AO PROJETO DE LEI Nº 032/2025 DO PODER EXECUTIVO_x000D_
+_x000D_
+Autora: Comissão de Legalidade e Cidadania – CLC_x000D_
+_x000D_
+EMENTA: EMENDA MODIFICATIVA N° 31/2025 AO PROJETO DE LEI Nº 032/2025, de autoria do Poder Executivo: Modifica-se o parágrafo único do art. 4º, que passa a vigorar com a seguinte redação: “art. 4º (...) (...) Parágrafo único. Se houve alteração nas normas legais quanto as fontes ou classificação de fontes, fica autorizada a alteração nas fontes e suas despesas através de suplementação.</t>
+  </si>
+  <si>
+    <t>429</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>COMISSÃO DE LEGALIDADE E CIDADANIA - CLC_x000D_
+PARECER Nº 88/2025_x000D_
+_x000D_
+EMENDA ADITIVA N° 10/2025 AO PROJETO DE LEI Nº 03/2025 DO PODER EXECUTIVO_x000D_
+_x000D_
+_x000D_
+Autora: Comissão de Legalidade e Cidadania – CLC_x000D_
+_x000D_
+EMENTA: EMENDA ADITIVA N° 10/2025 AO PROJETO DE LEI Nº 032/2025, de autoria do Poder Executivo:Acrescenta os parágrafos 1º  e 2º ao art. 18 com a seguinte redação: art. 18 (...) §1º. É obrigatória a execução orçamentária e financeira das emendas impositivas no montante de 2% da receita corrente líquida, nos termos do art. 124-A da Lei Orgânica Municipal. §2º. Fica autorizada a alteração nas fontes e suas despesas por meio de suplementação para efetiva execução das emendas impositivas, ou se necessário caberá ao Poder Executivo encaminhar projeto de abertura de crédito suplementar e/ou especial para adequação.</t>
+  </si>
+  <si>
     <t>225</t>
   </si>
   <si>
     <t>PCOF</t>
   </si>
   <si>
     <t>Parecer da COF</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/225/parecercof-020-2025.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 020/2025_x000D_
 _x000D_
 AO PROJETO DE LEI MUNICIPAL N. 031/2025_x000D_
   _x000D_
 Autor: Poder Executivo  _x000D_
   _x000D_
 EMENTA: “Autoriza o Poder Executivo Municipal a abrir Crédito Especial que menciona, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>406</t>
+  </si>
+  <si>
+    <t>COF - Comissão de Orçamento e Finanças</t>
+  </si>
+  <si>
+    <t>Projeto de Lei do Executivo Municipal nº 039/2025_x000D_
+Autor: Poder Executivo Municipal_x000D_
+EMENTA:Dispõe sobre abertura de crédito adicional especial no orçamento vigente.</t>
+  </si>
+  <si>
+    <t>423</t>
+  </si>
+  <si>
+    <t>COMISSÃO DE ORÇAMENTO E FINANÇAS – COF_x000D_
+PARECER Nº 022/2025_x000D_
+_x000D_
+PROJETO DE LEI MUNICIPAL N. 033/2025 _x000D_
+_x000D_
+_x000D_
+Autor: Executivo Municipal_x000D_
+_x000D_
+EMENTA: DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE SIDROLÂNDIA, PARA O PERÍODO DE 2026 A 2029.</t>
+  </si>
+  <si>
+    <t>424</t>
+  </si>
+  <si>
+    <t>COMISSÃO DE ORÇAMENTO E FINANÇAS – COF_x000D_
+PARECER Nº 023/2025_x000D_
+_x000D_
+EMENDA ADITIVA N° 11/2025 AO PROJETO DE LEI MUNICIPAL N° 033/2025 DO PODER EXECUTIVO_x000D_
+_x000D_
+Autora: Comissão de Legalidade e Cidadania – CLC_x000D_
+_x000D_
+EMENTA: Acrescenta o artigo 9º - A, com a seguinte redação: “Art. 9º - A - As indicações das emendas parlamentares individuais de execução obrigatória no orçamento municipal, serão apresentadas no limite de 2% (dois por cento) da receita corrente liquida, nos termos do art. 124-A da Lei Orgânica do Município._x000D_
+Parágrafo único: Nas Leis Orçamentárias Anuais, elaboradas na vigência do presente plano plurianual, deverão constar em dotação orçamentária específica o valor referente à totalidade das Emendas Impositivas.”</t>
+  </si>
+  <si>
+    <t>430</t>
+  </si>
+  <si>
+    <t>COMISSÃO DE ORÇAMENTO E FINANÇAS – COF_x000D_
+PARECER Nº 024/2025_x000D_
+_x000D_
+PROJETO DE LEI MUNICIPAL N. 032/2025 _x000D_
+_x000D_
+_x000D_
+Autor: Executivo Municipal_x000D_
+_x000D_
+EMENTA: Projeto de Lei nº 032/2025 que fixa despesas e estima receitas do Município de Sidrolândia-MS para o exercício de 2026.</t>
+  </si>
+  <si>
+    <t>431</t>
+  </si>
+  <si>
+    <t>COMISSÃO DE ORÇAMENTO E FINANÇAS – COF_x000D_
+PARECER Nº 025/2025_x000D_
+_x000D_
+EMENDA SUPRESSIVA N° 07/2025 AO PROJETO DE LEI Nº 032/2025 DO PODER EXECUTIVO_x000D_
+_x000D_
+Autora: Comissão de Legalidade e Cidadania – CLC_x000D_
+_x000D_
+EMENTA: EMENDA SUPRESSIVA N° 07/2025 AO PROJETO DE LEI Nº 032/2025, de autoria do Poder Executivo: Fica suprimido o art. 11 e seus incisos e seu parágrafo único, conforme abaixo: Art. 11 (suprimido)  I - (suprimido) II - (suprimido) III - (suprimido) IV - (suprimido) Parágrafo único - (suprimido)</t>
+  </si>
+  <si>
+    <t>432</t>
+  </si>
+  <si>
+    <t>COMISSÃO DE ORÇAMENTO E FINANÇAS – COF_x000D_
+PARECER Nº 026/2025_x000D_
+_x000D_
+EMENDA MODIFICATIVA N°  30/2025 AO PROJETO DE LEI Nº 032/2025 DO PODER EXECUTIVO_x000D_
+_x000D_
+Autora: Comissão de Legalidade e Cidadania – CLC_x000D_
+_x000D_
+EMENTA: EMENDA MODIFICATIVA N°  30/2025 AO PROJETO DE LEI Nº 032/2025, de autoria do Poder Executivo: Modifica-se o inciso IV do art. 12, que passa a vigorar com a seguinte redação: “art. 12 (...) (...) IV – Modificar as categorias econômicas, os grupos de natureza de despesas, e a modalidade e fonte de recursos mediante decreto de créditos adicionais, suplementares, até o limite estabelecido no art. 10 desta lei e quando especiais, mediante prévia autorização legislativa.</t>
+  </si>
+  <si>
+    <t>433</t>
+  </si>
+  <si>
+    <t>COMISSÃO DE ORÇAMENTO E FINANÇAS – COF_x000D_
+PARECER Nº 027/2025_x000D_
+_x000D_
+EMENDA MODIFICATIVA N° 31/2025 AO PROJETO DE LEI Nº 032/2025 DO PODER EXECUTIVO_x000D_
+_x000D_
+Autora: Comissão de Legalidade e Cidadania – CLC_x000D_
+_x000D_
+EMENTA: EMENDA MODIFICATIVA N° 31/2025 AO PROJETO DE LEI Nº 032/2025, de autoria do Poder Executivo: Modifica-se o parágrafo único do art. 4º, que passa a vigorar com a seguinte redação: “art. 4º (...) (...) Parágrafo único. Se houve alteração nas normas legais quanto as fontes ou classificação de fontes, fica autorizada a alteração nas fontes e suas despesas através de suplementação.</t>
+  </si>
+  <si>
+    <t>434</t>
+  </si>
+  <si>
+    <t>COMISSÃO DE ORÇAMENTO E FINANÇAS – COF_x000D_
+PARECER Nº 028/2025_x000D_
+_x000D_
+EMENDA ADITIVA N° 10/2025 AO PROJETO DE LEI Nº 032/2025 DO PODER EXECUTIVO_x000D_
+_x000D_
+Autora: Comissão de Legalidade e Cidadania – CLC_x000D_
+_x000D_
+EMENTA: EMENDA ADITIVA N° 10/2025 AO PROJETO DE LEI Nº 032/2025, de autoria do Poder Executivo: Acrescenta os parágrafos 1º  e 2º ao art. 18 com a seguinte redação: art. 18 (...) §1º. É obrigatória a execução orçamentária e financeira das emendas impositivas no montante de 2% da receita corrente líquida, nos termos do art. 124-A da Lei Orgânica Municipal. §2º. Fica autorizada a alteração nas fontes e suas despesas por meio de suplementação para efetiva execução das emendas impositivas, ou se necessário caberá ao Poder Executivo encaminhar projeto de abertura de crédito suplementar e/ou especial para adequação.</t>
   </si>
   <si>
     <t>PCDS</t>
   </si>
   <si>
     <t>Parecer da CDS</t>
   </si>
   <si>
     <t>CDS - Comissão de Desenvolvimento Sustentável</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/34/parecercds-05-2025_assinado.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE DESENVOLVIMENTO SUSTENTÁVEL - CDS_x000D_
 PARECER Nº 005/2025_x000D_
 PROJETO DE LEI LEGISLATIVO N. 028/2025_x000D_
 Autor: Vereador Marcio K Beça_x000D_
 EMENTA: “Dispõe sobre a obrigatoriedade de plantio de mudas de árvores em_x000D_
 todos os loteamentos a serem aprovados no município de Sidrolândia/MS, e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>100</t>
   </si>
@@ -1100,50 +1409,61 @@
   <si>
     <t>COMISSÃO DE EDUCAÇÃO, CULTURA, ESPORTE, LAZER, ATIVIDADE SOCIO EDUCATIVAS E CONSELHOS MUNICIPAIS, JUVENTUDE E ESTUDANTES – CEC_x000D_
 _x000D_
 PARECER Nº 010/2025_x000D_
 _x000D_
 EMENDA MODIFICATIVA nº 024/2025, referente ao Projeto de Lei Complementar nº11/2025</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/196/parecercec_011-2025.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE EDUCAÇÃO, CULTURA, ESPORTE, LAZER, ATIVIDADE SOCIO EDUCATIVAS E CONSELHOS MUNICIPAIS, JUVENTUDE E ESTUDANTES – CEC_x000D_
 _x000D_
 PARECER Nº 011/2025_x000D_
 _x000D_
 _x000D_
 _x000D_
 Autor: Poder Executivo_x000D_
 _x000D_
 EMENTA: Projeto de Lei Complementar nº 011/2025 que altera a Lei Complementar nº 203/2025 do Município de Sidrolândia/MS.</t>
   </si>
   <si>
+    <t>404</t>
+  </si>
+  <si>
+    <t>PARECER Nº 15/2025_x000D_
+PROJETO DE LEI LEGISLATIVON. 043/2025_x000D_
+Autor: Vereadora Juscinei Claro Dino_x000D_
+EMENTA: Dispõe sobre a obrigatoriedade de paridade de gênero na divisão de recursos_x000D_
+públicos destinados ao incentivo de modalidades esportivas, garantindo que nenhum gênero_x000D_
+receba menos que 30% dos recursos.</t>
+  </si>
+  <si>
     <t>PCSPD</t>
   </si>
   <si>
     <t>Parecer da CSDSPD</t>
   </si>
   <si>
     <t>CSDSPD - Comissão de Saúde e Direitos Sociais e Pessoas com Deficiência</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/62/parecercsdspd_016-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as restrições ao uso de Dispositivos Eletrônicos de Fumar (DEF’s) do artigo “VAPE” ou “POD” ou qualquer dispositivo fumígeno em órgãos públicos e recintos coletivos fechados</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/96/parecercsdspd_-017-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo nº 32/2025, que “Dispõe sobre a  obrigatoriedade da remoção de símbolos, pichações, cartazes e quaisquer representações criminosas ou que atentem contra os valores da ordem pública, nos  prédios e espaços públicos do Município”.</t>
   </si>
   <si>
     <t>161</t>
@@ -1430,149 +1750,149 @@
   <si>
     <t>“REVOGA O INCISO IX DO ARTIGO 28 DA LEI Nº 2.280 DE JULHO DE  2025, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/327/projeto_de_lei_39_de_2025_-_autoriza_o_poder_executivo_municipal_a_abrir_credito_especial.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/294/projeto_de_lei_40_de_2025_-_altera_o__2o_do_art._59_da_lei_municipal_no_2.211.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO E A EXECUÇÃO DA LEI ORÇAMENTÁRIA ANUAL DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>41</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/320/projeto_de_lei_41_de_2025_-_altera_os_art_22_a_30_da_lei_n._2270_de_2025_1.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS ARTIGOS 22 A 30 DA LEI MUNICIPAL Nº 2.270, DE 23 DE JUNHO DE 2025, QUE DISPÕE SOBRE A CONCESSÃO DE BENEFÍCIOS EVENTUAIS NO ÂMBITO DA POLÍTICA PÚBLICA DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE SIDROLÂNDIA-MS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>42</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/334/projeto_de_lei_42_de_2025_-_contratacao_temporaria.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O REGIME ESPECIAL DE CONTRATAÇÃO POR PRAZO DETERMINADO NO ÂMBITO DO MUNICÍPIO, NOS TERMOS	DO ARTIGO 37 E INCISOS DA CONSTITUIŞÃO FEDERAL E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>43</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/367/projeto_de_lei_43_de_2025_-_familia_acolhedora.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REFORMULAÇÃO E EXECUÇÃO DO SERVIÇO DE ACOLHIMENTO EM FAMÍLIA ACOLHEDORA NO MUNICÍPIO DE SIDROLÂNDIA/MS, NO ÂMBITO DA PROTEÇÃO SOCIAL ESPECIAL DE ALTA COMPLEXIDADE DO SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL (SUAS), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>372</t>
+    <t>409</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/372/projeto_de_lei_44_de_2025_-_reestruturacao_da_bolsa_musico_1.pdf</t>
+    <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/409/projeto_de_lei_44_de_2025_-_reestruturacao_da_bolsa_musico_2.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO DO PROGRAMA BOLSA MÚSICO NO MUNICÍPIO DE SIDROLÂNDIA-MS E REVOGA A LEI MUNICIPAL Nº 2.121/2022.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/371/projeto_de_lei_45_de_2025_-_laranja_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DO PLANTIO, COMÉRCIO, TRANSPORTE E PRODUÇÃO DA ESPÉCIE EXÓTICA MURRAYA PANICULATA (MURTA), INSTITUI ÁREAS DE PROTEÇÃO FITOSSANITÁRIA – APF PARA DEFESA DA CITRICULTURA, ESTABELECE REGRAS COMPLEMENTARES ÀS AÇÕES ESTADUAIS DE DEFESA SANITÁRIA VEGETAL NO MUNICÍPIO DE SIDROLÂNDIA/MS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>459</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/459/projeto_de_lei_46_de_2025..pdf</t>
+  </si>
+  <si>
+    <t>Encaminho para apreciação desta Casa Legislativa o incluso Projeto de Lei n.º 46/2025,  que autoriza o parcelamento e o reparcelamento dos débitos previdenciários do Município de Sidrolândia/MS junto ao Regime Próprio de Previdência Social – RPPS.</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/35/projeto_de_lei_-_legislativo_28_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre obrigatoriedade de plantio de mudas de árvores em todos os loteamentos ci serem aprovados no Município de Sidrolándia/MS, e dá outras providências.</t>
   </si>
   <si>
     <t>Elaine Souza</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/36/projeto_de_lei_legislativo_30-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as restrições ao uso de Dispositivos Eletrônicos de_x000D_
 Fumar (DEFs) do tipo 'VAPE' ou 'POD' ou qualquer dispositivo fumígeno em órgãos públicos e recintos coletivos_x000D_
 fechados "</t>
   </si>
   <si>
     <t>Professora Juscinei Claro</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/37/projeto_de_lei_-_legislativo_31-2025.pdf</t>
   </si>
   <si>
     <t>Fica Proibido Nomeação ou Contratação, para determinados Cargos e Empregos Públicos, De Pessoa Condenada Por Crime Sexual Contra Criança ou Adolescente.</t>
   </si>
   <si>
     <t>Zotti</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/65/modelo_projeto_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a obrigatoriedade da remoção de símbolos, pichações, cartazes e quaisquer representações de apologia ao crime, ao tráfico de drogas, a organizações criminosas ou que atentem contra os valores da ordem pública, nos prédios e espaços públicos do Município.”</t>
-  </si>
-[...1 lines deleted...]
-    <t>88</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/88/pl_adultizacao_assinado.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Prevenção e Enfrentamento à Adultização e Sexualização Infantil, no âmbito do Município de Sidrolândia.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/90/pl_criacao_programa_de_depressao_e_automutilacao_assinado.pdf</t>
   </si>
   <si>
     <t>“Estabelece as Diretrizes para Implantação do Programa de Prevenção, Conscientização e Enfrentamento da Depressão e Automutilação no município de Sidrolândia”</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/91/pl_punicao_vandalismo_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a punição de atos de vandalismo contra o patrimônio público no Município e dá outras providências.</t>
   </si>
@@ -1672,78 +1992,87 @@
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/333/projeto_de_lei_no_000-2025_regulamentacao_de_tramitacao_digital_dos_projetos_de_leis.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Processo Legislativo Digital na Câmara Municipal de Sidrolândia-MS e dá outras providências.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/369/projeto_geraldo_garcia.pdf</t>
   </si>
   <si>
     <t>Altera a_x000D_
 denominação_x000D_
 A bem público_x000D_
 que menciona e_x000D_
 dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>46</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/373/projeto_valinhos.pdf</t>
   </si>
   <si>
     <t>Altera a denominação_x000D_
 A bem público que_x000D_
 menciona_x000D_
 E dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/375/projeto_feminicidio_1.pdf</t>
   </si>
   <si>
     <t>Institui o “Dia Municipal Em Memória Pelas Vítimas de_x000D_
 Feminicídio”, no âmbito do_x000D_
 Município e dá outras_x000D_
 providências.</t>
   </si>
   <si>
+    <t>413</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/413/projeto_de_lei_legislativo_no_48_assinado.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO INCISO I DO ART.  DO PROJETO DE LEI LEGISLATIVO Nº 040/2025, CORRIGINDO A REFERÊNCIA DA UNIDADE FISCAL DE MULTA PARA A UNIDADE FISCAL DE SIDROLÂNDIA (UFIS), E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
     <t>92</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução do Legislativo</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/92/resolucao_2_ssinado.pdf</t>
   </si>
   <si>
     <t>“ALTERA A DATA DA SESSÃO ORDINÁRIA DO DIA 02 DE SETEMBRO DE 2025”.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Gringo</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/126/projeto_resolucao_alteracao_local.pdf</t>
   </si>
   <si>
     <t>“ALTERA O LOCAL E HORA DA SESSÃO ORDINÁRIA DO DIA 16 DE SETEMBRO DE 2025”.</t>
@@ -1778,50 +2107,56 @@
   <si>
     <t>103</t>
   </si>
   <si>
     <t>Psub</t>
   </si>
   <si>
     <t>Projeto de Lei Substitutivo</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/103/pl_punicao_vandalismo_assinado_1.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a punição de atos de vandalismo contra o patrimônio público no Município e dá outras providências.”</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/293/projeto_de_lei_36_de_2025_-_alteracoes_na_loa_substitutivo_2.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE ALTERAÇÕES NA LEI ORÇAMENTÁRIA ANUAL DO EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
+    <t>410</t>
+  </si>
+  <si>
+    <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/410/projeto_de_lei_41_de_2025_-_altera_os_art_22_a_30_da_lei_n._2270_de_2025_1_1.pdf</t>
+  </si>
+  <si>
     <t>DisSe</t>
   </si>
   <si>
     <t>Dispensa de Segunda Votação</t>
   </si>
   <si>
     <t>DISPENSA DA SEGUNDA VOTAÇÃO DO PROJETO DE LEI DO LEGISLATIVO MUNICIPAL DE N°28/2025</t>
   </si>
   <si>
     <t>Dispensa da Segunda Votação Projeto de Lei nº 31/2025 do Poder Legislativo.</t>
   </si>
   <si>
     <t>Dispensa da Segunda Votação Projeto de Lei nº 30/2025 do Poder Legislativo</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>dispensa da segunda votação projeto 32/2025 legislativo</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>Dispensa da Segunda Votação do Projeto de Lei Ordinária do Legislativo nº 36 de 2025</t>
@@ -1887,88 +2222,122 @@
     <t>DISPENSA DA SEGUNDA VOTAÇÃO Do PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO Nº 45/2025.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>DISPENSA DA SEGUNDA VOTAÇÃO Do PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO Nº 46/2025.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>DISPENSA DA SEGUNDA VOTAÇÃO Do PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO Nº 47/2025.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>DISPENSA DA SEGUNDA VOTAÇÃO Do  projeto de lei ordinária do legislativo nº 43/2025.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>DISPENSA DA SEGUNDA VOTAÇÃO Do  projeto de lei ordinária do legislativo nº 44/2025.</t>
+  </si>
+  <si>
+    <t>416</t>
+  </si>
+  <si>
+    <t>DISPENSA DA SEGUNDA VOTAÇÃO Do PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO Nº 48/2025.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>EMA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/146/emenda_aditiva_7-2025_ao_projeto_de_lei_29-2025_executivo.pdf</t>
   </si>
   <si>
     <t>Acrescenta o §4°, do art. 5º do Projeto de Lei n° 029/2025</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/187/emenda_aditiva_no_008-2025_ao_projeto_de_lei_complementar_no_011-2025_do_poder_executivo.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA Nº 008/2025 AO PROJETO DE LEI COMPLEMENTAR 011/2025 DO PODER EXECUTIVO._x000D_
 _x000D_
 "ART. 1º-A ACRESCENTA A ALÍNEA "E" NO PARÁGRAFO ÚNICO DO ART. 79 DA LEI COMPLEMENTAR Nº 203/2025, CONFORME DISPOSTO ABAIXO:_x000D_
 "ART. 1º-B - REVOGA O INCISO "V" DO ART. 350 DA LEI COMPLEMENTAR Nº 203/2025."</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/357/projetos1-12_12.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA N° 09/2025 AO PROJETO DE LEI COMPLEMENTAR MUNICIPAL N°017/2025 DO PODER EXECUTIVO._x000D_
 _x000D_
 Acrescenta o inciso V no art. 24, com a seguinte redação:</t>
+  </si>
+  <si>
+    <t>439</t>
+  </si>
+  <si>
+    <t>EMENDA ADITIVA N° 10/2025 AO PROJETO DE LEI Nº 032/2025, de autoria do Poder Executivo:_x000D_
+Acrescenta os parágrafos 1º  e 2º ao art. 18 com a seguinte redação:_x000D_
+_x000D_
+art. 18 (...)_x000D_
+§1º. É obrigatória a execução orçamentária e financeira das emendas impositivas no montante de 2% da receita corrente líquida, nos termos do art. 124-A da Lei Orgânica Municipal._x000D_
+§2º. Fica autorizada a alteração nas fontes e suas despesas por meio de suplementação para efetiva execução das emendas impositivas, ou se necessário caberá ao Poder Executivo encaminhar projeto de abertura de crédito suplementar e/ou especial para adequação.</t>
+  </si>
+  <si>
+    <t>440</t>
+  </si>
+  <si>
+    <t>EMENDA ADITIVA N° 011/2025 AO PROJETO DE LEI Nº 033/2025, de autoria do Poder Executivo:_x000D_
+_x000D_
+Acrescenta o artigo 9º - A, com a seguinte redação: _x000D_
+_x000D_
+“Art. 9º - A - As indicações das emendas parlamentares individuais de execução obrigatória no orçamento municipal, serão apresentadas no limite de 2% (dois por cento) da receita corrente liquida, nos termos do art. 124-A da Lei Orgânica do Município._x000D_
+Parágrafo único: Nas Leis Orçamentárias Anuais, elaboradas na vigência do presente plano plurianual, deverão constar em dotação orçamentária específica o valor referente à totalidade das Emendas Impositivas.”</t>
+  </si>
+  <si>
+    <t>457</t>
+  </si>
+  <si>
+    <t>Acrescenta o artigo 18-A no Projeto de Lei 032/2025 com a seguinte redação:</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>EMM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>Cledinaldo Cotócio</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/134/emenda_2020250922_08362127.pdf</t>
   </si>
   <si>
     <t>Modifica o artigo 4 ° d o Substitutivo ao Projeto de Lei Complementar n. 009/2025, passando a vigorar com a seguinte redação:</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>Modifica o artigo 2° do Projeto d e Lei Complementar 010/2025, alterando a alínea 'é do inciso IV do artigo 6 9 do Projeto de Lei Complementar n . 010/2025.</t>
   </si>
@@ -2036,50 +2405,227 @@
 Modifica o art. 16º passando a vigorar com a seguinte redação:</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/356/projetos1-12_13.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA N° 28/2025 AO PROJETO DE LEI COMPLEMENTAR MUNICIPAL N° 017/2025 DO PODER EXECUTIVO._x000D_
 _x000D_
 Modifica o  §6º do art. 16 passando a vigorar com a seguinte redação:</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/358/projetos1-12_14.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA N° 29/2025 AO PROJETO DE LEI COMPLEMENTAR MUNICIPAL N° 019/2025 DO PODER EXECUTIVO._x000D_
 _x000D_
 Modifica o art. 6, II, “c”, art. 10 e art.18 passando a vigorar com a seguinte redação:</t>
   </si>
   <si>
+    <t>437</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA N°  30/2025 AO PROJETO DE LEI Nº 032/2025, de autoria do Poder Executivo:_x000D_
+_x000D_
+Modifica-se o inciso IV do art. 12, que passa a vigorar com a seguinte redação:_x000D_
+“art. 12 (...)_x000D_
+ (...)_x000D_
+ IV – Modificar as categorias econômicas, os grupos de natureza de despesas, e a modalidade e fonte de recursos mediante decreto de créditos adicionais, suplementares, até o limite estabelecido no art. 10 desta lei e quando especiais, mediante prévia autorização legislativa.</t>
+  </si>
+  <si>
+    <t>438</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA N° 31/2025 AO PROJETO DE LEI  Nº 032/2025, de autoria do Poder Executivo:_x000D_
+_x000D_
+Modifica-se o parágrafo único do art. 4º, que passa a vigorar com a seguinte redação:_x000D_
+“art. 4º (...)_x000D_
+ (...)_x000D_
+ Parágrafo único. Se houver alteração nas normas legais quanto as fontes ou classificação de fontes, fica autorizada a alteração nas fontes e suas despesas através de suplementação.</t>
+  </si>
+  <si>
+    <t>441</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA N°32/2025 AO PROJETO DE LEI Nº 042/2025, de autoria do Poder Executivo:_x000D_
+_x000D_
+Modifica o §2º  e §3º do art. 4, que passa a ter a seguinte redação:</t>
+  </si>
+  <si>
+    <t>442</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA N°33/2025 AO PROJETO DE LEI Nº 042/2025, de autoria do Poder Executivo:_x000D_
+_x000D_
+Modifica o §2º  e §3º do art. 5, que passa a ter a seguinte redação: _x000D_
+_x000D_
+Art. 5º (...)_x000D_
+§ 2º – Quando a extinção se der por conveniência administrativa, justificada antecipadamente pela autoridade proponente, o servidor temporário será comunicado desta decisão com antecedência de trinta dias e terá direito a receber a gratificação natalina proporcional, abono e a indenização por férias não gozadas, calculados proporcionalmente ao período trabalhado. _x000D_
+§ 3° - O direito ao abono de férias e à indenização por férias não gozadas será apurado com base no tempo de serviço efetivamente prestado na função temporária, ainda que os períodos sejam descontínuos e independentemente do exercício financeiro.</t>
+  </si>
+  <si>
+    <t>443</t>
+  </si>
+  <si>
+    <t>EMENDA MODIFICATIVA N° 34/2025 AO PROJETO DE LEI Nº 045/2025, de autoria do Poder Executivo:_x000D_
+_x000D_
+Modifica o caput do Art. 6º, que passará a vigorar com a seguinte redação: _x000D_
+_x000D_
+Art. 6º As APF compreenderão um raio de até 3 (três) quilômetros ao redor de unidades de produção citrícola regularmente registradas na IAGRO, devendo ser delimitadas por ato do Poder Executivo Municipal, acompanhado de:</t>
+  </si>
+  <si>
+    <t>444</t>
+  </si>
+  <si>
+    <t>EMI</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva</t>
+  </si>
+  <si>
+    <t>Emendas impositivas Vereador Adavilton Brandão_x000D_
+Emendas aditivas 12-25</t>
+  </si>
+  <si>
+    <t>445</t>
+  </si>
+  <si>
+    <t>Lê da Obra</t>
+  </si>
+  <si>
+    <t>Emendas impositivas Vereador Carlos Alessandro da Silva_x000D_
+Emendas aditivas 26-32</t>
+  </si>
+  <si>
+    <t>446</t>
+  </si>
+  <si>
+    <t>Emendas Impositivas Vereador Cledinaldo Cotócio_x000D_
+Emendas Aditivas 33-37</t>
+  </si>
+  <si>
+    <t>447</t>
+  </si>
+  <si>
+    <t>Emendas Impositivas Vereadora Edilaine Tavares_x000D_
+Emendas Aditivas 38-56</t>
+  </si>
+  <si>
+    <t>448</t>
+  </si>
+  <si>
+    <t>Emendas Impositivas Vereadora Elaine Souza_x000D_
+Emendas Aditivas 57-66</t>
+  </si>
+  <si>
+    <t>449</t>
+  </si>
+  <si>
+    <t>Emendas Impositivas Izaqueu de Souza Diniz_x000D_
+Emendas Aditivas - 67-71</t>
+  </si>
+  <si>
+    <t>450</t>
+  </si>
+  <si>
+    <t>Joana Michalski</t>
+  </si>
+  <si>
+    <t>Emendas Impositivas Vereadora Joana Michalski_x000D_
+Emendas Aditivas 72-81</t>
+  </si>
+  <si>
+    <t>451</t>
+  </si>
+  <si>
+    <t>Emendas Impositivas Vereador Juscinei Claro Dino_x000D_
+Emendas Aditivas 82-96</t>
+  </si>
+  <si>
+    <t>452</t>
+  </si>
+  <si>
+    <t>Emendas Impositivas Vereadora Márcio K Beça_x000D_
+Emendas Aditivas 97-111</t>
+  </si>
+  <si>
+    <t>453</t>
+  </si>
+  <si>
+    <t>Emendas Impositivas Vereador Carol Terra_x000D_
+Emendas Aditivas 112-119</t>
+  </si>
+  <si>
+    <t>454</t>
+  </si>
+  <si>
+    <t>Emendas Impositivas Vereador Otacir Figueiredo_x000D_
+Emendas Aditivas 120-122</t>
+  </si>
+  <si>
+    <t>455</t>
+  </si>
+  <si>
+    <t>Emendas Impositivas Vereador Shirlei Basso_x000D_
+Emendas Aditivas 123-141</t>
+  </si>
+  <si>
+    <t>456</t>
+  </si>
+  <si>
+    <t>Emendas Impositivas Vereador Silvestre Zotti_x000D_
+Emendas Aditivas 142-150</t>
+  </si>
+  <si>
+    <t>436</t>
+  </si>
+  <si>
+    <t>EMS</t>
+  </si>
+  <si>
+    <t>Emenda Supressiva</t>
+  </si>
+  <si>
+    <t>EMENDA SUPRESSIVA N° 07/2025 AO PROJETO DE LEI Nº 032/2025, de autoria do Poder Executivo:_x000D_
+_x000D_
+_x000D_
+Fica suprimido o art. 11 e seus incisos e seu parágrafo único, conforme abaixo:_x000D_
+_x000D_
+Art. 11 (suprimido) _x000D_
+ I - (suprimido)_x000D_
+II - (suprimido)_x000D_
+III - (suprimido)_x000D_
+IV - (suprimido)_x000D_
+Parágrafo único - (suprimido)</t>
+  </si>
+  <si>
     <t>102</t>
   </si>
   <si>
     <t>VTot</t>
   </si>
   <si>
     <t>Veto Total</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/102/veto_o_projeto_de_lei_ordinaria_do_legislativo_no_28_de_2025.pdf</t>
   </si>
   <si>
     <t>Veto total ao Projeto de Lei nº 028/2025, de iniciativa da Câmara Municipal, que “Dispõe sobre obrigatoriedade de plantio de mudas de árvores em todos os loteamentos a serem aprovados no Município de Sidrolândia/MS, e dá outras providências”.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/129/veto_o_projeto_de_lei_municipal_no_30.2025_que_dispoe_sobre_as_restricoes_ao_uso_de_dispositivos_eletronicos_de_fumar.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei nº 030/2025, de iniciativa da Câmara Municipal, que “Dispõe sobre as restrições ao uso de dispositivos eletrônicos de fumar (DEFs) do tipo ‘VAPE’ ou ‘POD’ ou qualquer dispositivo fumígeno em órgãos públicos e recintos coletivos fechados”.</t>
   </si>
   <si>
     <t>130</t>
@@ -2102,53 +2648,50 @@
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/368/veto_parcial_ao_projeto_de_lei_municipal_no_40.2025_emissoes_de_ruidos_sonoros_excessivos.pdf</t>
   </si>
   <si>
     <t>MENSAGEM DE VETO PARCIAL_x000D_
 PROJETO DE LEI Nº 040/2025 _x000D_
 (Processo Legislativo de Iniciativa da Câmara Municipal)</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/115/requerimento182025.pdf</t>
   </si>
   <si>
     <t>Eu, Carol Terra, vereadora com assento nesta Casa de Leis, dirigindo-me à Mesa Diretora, nos termos do artigo 118-A do inciso 1º do regimento interno da câmara Municipal de Sidrolândia, venho por meio desta requerer a minha participação on-line na sessão ordinária e qualquer outra que possa ocorrer entre os dias 17 ao dia 23 de junho do corrente ano, haja visto que estarei em viagem por motivos pessoais.</t>
   </si>
   <si>
     <t>176</t>
-  </si>
-[...1 lines deleted...]
-    <t>Lê da Obra</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/176/modelo_de_requerimento_assinado_30.pdf</t>
   </si>
   <si>
     <t>Venho, por meio deste, solicitar autorização para participação de forma on-line na sessão_x000D_
 ordinária a ser realizada no dia 30 de setembro de 2025, por motivos de saúde. Diante disso,_x000D_
 estarei impossibilitado de comparecer presencialmente, mas permanecerei à disposição para_x000D_
 acompanhar e contribuir com os trabalhos legislativos por meio remoto. Certo de sua_x000D_
 compreensão, coloco-me à disposição para quaisquer esclarecimentos.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/177/sidroanda.pdf</t>
   </si>
   <si>
     <t>Requerimento de Providências quanto às quedas constantes de energia elétrica</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/241/requerimento_05_-_2025_-_solicitacao_de_informacoes_-_saude_assinado.pdf</t>
@@ -2187,57 +2730,78 @@
   <si>
     <t>Solicitação de informações</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/255/requerimento_06_2025_assinado.pdf</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/278/requerimento_06_-_2025_-_solicitacao_de_informacoes_-_seinfra_assinado.pdf</t>
   </si>
   <si>
     <t>Assunto: Solicitação de Informações_x000D_
 Cumprimentando-o cordialmente, por meio deste requerimento, solicitamos ao Vosso Senhor que nos forneça a seguinte informação:_x000D_
 •	Qual o critério definido para o pagamento da Insalubridade, aos servidores que atuam nas equipes de Varrições de Vias Urbanas._x000D_
 O pedido fundamenta-se nas informações constantes no Portal da Transparência, onde, os Servidores Efetivos recebem 40% do adicional, enquanto os Servidores Temporários não recebem o benefício, considerando, que, executam a mesma função.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>Joana Michalski</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/289/requerimento.pdf</t>
   </si>
   <si>
     <t>Assunto: Solicitação de justificativa pelo indeferimento das candidatas ao cargo de Diretora da Escola João Batista.</t>
+  </si>
+  <si>
+    <t>398</t>
+  </si>
+  <si>
+    <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/398/requerimento_zotti.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO Exmo. Sr. Otacir Pereira Figueiredo Presidente da Câmara Municipal Assunto: Solicita participação remota nas sessões ordinária/extraordinária. Eu, Silvestre José Cardoso Zotti, vereador municipal de Sidrolândia/MS, venho respeitosamente, por meio deste, com fundamento no Regimento Interno e demais normas aplicáveis, REQUERER a autorização para participar de forma online/remota das sessões (ordinária/extraordinária) dos dias 08/12/2025 e 09/12/2025, em razão de impossibilidade de comparecimento presencial por questões de saúde. Ressalta-se que o vereador permanecerá disponível para toda a pauta do dia, com condições técnicas adequadas para áudio e vídeo, garantindo a regular participação nos debates, votações edemais atos legislativos previstos. Diante do exposto, requer: 1. A autorização para participação remota, utilizando a plataforma digital adotada pela Câmara; 2. Se necessário, o apoio técnico da equipe competente para assegurar estabilidade e transparência na transmissão. Termos em que, Pede deferimento. Vereador Silvestre José Cardoso Zotti (PRD) Sidrolândia/MS, 08 de dezembro de 2025.</t>
+  </si>
+  <si>
+    <t>458</t>
+  </si>
+  <si>
+    <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/458/assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro a mesa diretora, ouvido o Colendo Plenário, nos termos do art. 118-A do §1º do Regimento Interno da Câmara Municipal de Sidrolândia, o que segue abaixo:</t>
+  </si>
+  <si>
+    <t>460</t>
+  </si>
+  <si>
+    <t>SOLICITO A PARTICIPAÇÃO ONLINE NA SESSÃO EXTRAORDINÁRIA DO DIA 23/12/2025.</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/11/indicacao_262.pdf</t>
   </si>
   <si>
     <t>O Município de Sidrolândia, por intermédio da Câmara Municipal de Vereadores, solicita que a_x000D_
 Superintendência do DNIT/MS, determine imediatamente, uma fiscalização na BR 060 , sentido_x000D_
 Campo Grande/Sidrolândia logo após o Posto da Policia Rodoviária Federal, com relação à limpeza e a_x000D_
 conservação nas margens como também na via supra citada.</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/12/indicacao_263.pdf</t>
   </si>
   <si>
     <t>Que sejam realizados estudos de viabilidade técnica para a construção de um ponto de moto-taxi e, ponto de espera para os moto-entregadores nas proximidades da Praça Central de nosso Município.</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/18/indicacao_264.pdf</t>
   </si>
@@ -2410,53 +2974,50 @@
   <si>
     <t>Solicito que seja realizado serviço de tapa buracos na rua Luíz Bertran, no Bairro Jardim das Paineiras.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_assinado_4.pdf</t>
   </si>
   <si>
     <t>Indica a retomada do atendimento de profissional de psicologia e de fisioterapia na Unidade Básica de_x000D_
  Saúde Oscalina Nantes, bem como a instalação de um aparelho de ar-condicionado e de um_x000D_
  computador na sala de reuniões dos Agentes Comunitários de Saúde (ACS), considerando que, no_x000D_
  período de verão, o calor intenso prejudica o conforto e o desempenho das atividades coletivas_x000D_
  realizadas no local.</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/47/3.pdf</t>
   </si>
   <si>
     <t>Assunto: indico reativar o funcionamento do Posto de Atendimento localizado no Assentamento_x000D_
  Eldorado II, com atendimento médico e odontológico periódico, a fim de contemplar a demanda da_x000D_
  população local e de comunidades vizinhas.</t>
   </si>
   <si>
-    <t>48</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/48/indicacao_assinado_5.pdf</t>
   </si>
   <si>
     <t>Assunto: Indica à instalação de placas de sinalização para organização do estacionamento em frente e_x000D_
  na lateral da Unidade Básica de Saúde Oscalina Nantes.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/49/indicacao_tampa_caminhao.pdf</t>
   </si>
   <si>
     <t>Indicação para solicitar que  sejam colocada tampa traseira ou algo que seja eficaz e seguro no transporte dos descartes  nos  caminhões de entulhos.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/50/indicacao_entrada_pcd_oscalina_nantes.pdf</t>
   </si>
   <si>
     <t>SOLICITO A CONSTRUÇÃO DE ACESSO COM ENTRADA PELA RUA LATERAL COM ACESSIBILIDADE PARA PACIENTES PCD NA UNIDADE DE SAÚDE OSCALINA NANTES NO DISTRITO DO CAPÃO SECO</t>
   </si>
   <si>
@@ -2626,127 +3187,103 @@
     <t>Solicito que seja realizado serviço de tapa buracos na rua: Tomás Cáceres esquina com João Marcio Ferreira Terra, nas esquinas dos dois lados do cruzamento.</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao_assinado_3.pdf</t>
   </si>
   <si>
     <t>Solicito que sejam substituídas as redes de futebol da quadra da Escola João Batista.</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao_06.pdf</t>
   </si>
   <si>
     <t>Indico por meio desta Que seja criado um ponto de ônibus coberto na entrada do Assentamento Capão_x000D_
  Bonito I, nas proximidades da entrada do Garanhão.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao_assinado_2.pdf</t>
   </si>
   <si>
     <t>Proposta de regulamentação/orientação de trânsito para ciclista de bicicleta elétrica e patineteiros.</t>
   </si>
   <si>
-    <t>79</t>
-[...1 lines deleted...]
-  <si>
     <t>312</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/79/indicacao_07.pdf</t>
   </si>
   <si>
     <t>Que seja realizado, em parceria com o Corpo de Bombeiros, um estudo para identificar as principais_x000D_
  localidades em assentamentos rurais com maior incidência de focos de incêndio, a fim de subsidiar a_x000D_
  futura criação de brigadas comunitárias de controle e prevenção a incêndios</t>
   </si>
   <si>
-    <t>80</t>
-[...1 lines deleted...]
-  <si>
     <t>313</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/80/assinado.pdf</t>
   </si>
   <si>
     <t>Solicito que seja feita a mudança do estacionamento da Praça Central para ‘’estacionamento de recuo’’,_x000D_
  com objetivo de liberar as faixas de rolamento das vias publicas e melhoraras o fluxo do trânsito.</t>
   </si>
   <si>
-    <t>81</t>
-[...1 lines deleted...]
-  <si>
     <t>314</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/81/proposicao_04.pdf</t>
   </si>
   <si>
     <t>Solicito a instalação de iluminação ornamental rebaixada paralela à pista de caminhada da Avenida Antero Lemes, visando melhorar a visibilidade e segurança dos usuários no período noturno.</t>
   </si>
   <si>
-    <t>82</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/82/proposicao_5.pdf</t>
   </si>
   <si>
     <t>Solicita-se a revitalização da sinalização viária da rotatória de acesso ao bairro Vival do Ipê, neste município.</t>
   </si>
   <si>
-    <t>84</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/84/indicacao_assinado_1.pdf</t>
   </si>
   <si>
     <t>Solicito que seja realizado serviço de tapa buracos na rua: Rio Grande do Norte esquina com Espírito Santo.</t>
   </si>
   <si>
-    <t>85</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/85/indicacao_assinado.pdf</t>
   </si>
   <si>
     <t>Solicito que seja realizada a manutenção e substituição da cobertura e forro do Salão Comunitário anexo ao Posto de Saúde no Assentamento João Batista.</t>
-  </si>
-[...1 lines deleted...]
-    <t>86</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/86/indicacao_assinado_4.pdf</t>
   </si>
   <si>
     <t>Solicito que seja realizada a instalação de bebedouro de água potável no Posto de Saúde do_x000D_
 assentamento João Batista.</t>
-  </si>
-[...1 lines deleted...]
-    <t>87</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/87/indicacao_assinado_3.pdf</t>
   </si>
   <si>
     <t>Solicito que seja realizada a construção de quadra de vôlei de areia na Escola Municipal João Batista.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/107/indicacao_08.pdf</t>
   </si>
   <si>
     <t>Venho por meio desta indicar a necessidade de aquisição e instalação de 03 (três) aparelhos de ar_x000D_
  condicionado de 12.000 BTUs para o Posto de Saúde da Aldeia Córrego do Meio.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/108/indicacao_quebra_coco_policiamento..pdf</t>
@@ -3283,93 +3820,99 @@
   </si>
   <si>
     <t>Solicito que seja realizado serviço de tapa-buracos na rua Napoleão esquina com a rua Norival Lopes Morais.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/254/indicacao_asfalto_-_4000_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita-se a execução de obras de pavimentação asfáltica nos seguintes trechos que interligam_x000D_
  assentamentos e comunidades rurais do município:_x000D_
  Assentamento Nazaré ao Capão Seco (MS-445);_x000D_
  Assentamento Eldorado II, da BR-060 até a MS-455;_x000D_
  Assentamento Vista Alegre, com saída da BR-060, passando pela sede e seguindo até a MS-455, ligando_x000D_
  aos Aviários 21 (percurso de aproximadamente 17,5 km);_x000D_
  Assentamento Valinhos, pela MS-162, ligando à MS-460 via Valinhos;_x000D_
  Comunidade Indígena, com trajeto pela MS-162, passando pelo Assentamento Flórida, Aldeia Buriti e_x000D_
  Aldeia Córrego do Meio, saindo na MS-162 em direção a Dois Irmãos do Buriti.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
+    <t>372</t>
+  </si>
+  <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/256/sala_da_cidadania_assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a transferência da Sala da Cidadania- atualmente denominada Terra Cidadã -  para a região _x000D_
 urbana do município.</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/271/indicacao_assinado_2.pdf</t>
   </si>
   <si>
     <t>Solicito que sejam reformados os Pontos de Ônibus existentes na cidade.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/272/indicacao_assinado_1.pdf</t>
   </si>
   <si>
     <t>Solicito que seja realizada poda de árvore no Ponto de Ônibus situado na rua Generoso Ponce esquina com a rua Prudente de Morais.</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/273/indicacao_assinado.pdf</t>
   </si>
   <si>
     <t>Solicito que seja realizado serviço de tapa-buracos na rua Antônio Corrêa da Costa esquina com rua Targino de Souza Barbosa.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao_21.pdf</t>
   </si>
   <si>
     <t>Venho por meio desta, solicitar a Reforma da iluminação pública nos bairros Sidrolar I e II, com_x000D_
 substituição das lâmpadas queimadas e implementação de iluminação em LED.</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao_20.pdf</t>
   </si>
   <si>
     <t>Venho por meio desta, indicar que seja realizado o Cascalhamento das vias que ainda não possuem_x000D_
 pavimentação asfáltica no município, em caráter de urgência.</t>
+  </si>
+  <si>
+    <t>378</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/276/indicacao_19.pdf</t>
   </si>
   <si>
     <t>Venho por meio desta, Solicitar informações sobre o andamento das atividades do Castra Móvel e_x000D_
 previsão de retorno dos atendimentos.</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/277/placa_sao_pedro_assinado.pdf</t>
   </si>
   <si>
     <t>Solicito que seja instalada 04 (quatro) placas de sinalização, na Altura do Capão Bonito III no travessão Laercio Herculano, Rodovia Municipal Adão Claro, indicando o acesso ao Assentamento São Pedro.</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/281/indicacao_passarela_sandro_luiz_assinado.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa Diretora, ouvida esta Casa de Leis, que seja encaminhado expediente ao Exmo. Sr. RODRIGO BORGES BASSO Prefeito Municipal de Sidrolândia-MS, com cópias ao Exmo. Sr. VILI MARCOS TOGNON Secretário Municipal de Educação._x000D_
 _x000D_
 SOLICITO A CONSTRUÇÃO DE UMA PASSARELA COBERTA INTERLIGANDO O PORTÃO DE ACESSO PRINCIPAL AO SAGUÃO DA ESCOLA SANDRO LUIZ GONZALES.</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/282/indicacao_cmei_heitor_assinado.pdf</t>
   </si>
@@ -3380,50 +3923,53 @@
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/283/indicacao_plantio_de_arvore_benigno_escobar_assinado.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa Diretora, ouvida esta Casa de Leis, que seja encaminhado expediente ao Exmo. Sr. RODRIGO BORGES BASSO Prefeito Municipal de Sidrolândia-MS, com cópias ao Exmo. Sr. VILI MARCOS TOGNON Secretário Municipal de Educação e ao Exmo. Sr. ENELVO IRADI FELINI JUNIOR Secretário Municipal de Desenvolvimento Econômico e Meio Ambiente._x000D_
 _x000D_
 SOLICITO QUE SEJA REALIZADO O PLANTIO DE ÁRVORES NA ESCOLA BENIGNO ESCOBAR</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/284/indicacao_cacambas_assinado.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa Diretora, ouvida esta Casa de Leis, que seja encaminhado expediente ao Exmo. Sr. RODRIGO BORGES BASSO Prefeito Municipal de Sidrolândia-MS, com cópias a Exmo. Sr. ENELVO IRADI FELINI JUNIOR Secretário Municipal de Desenvolvimento Econômico e Meio Ambiente e Exmo. Sr. Willian Ximenes Pinheiro, Diretor do Departamento Municipal de Trânsito DITRAN._x000D_
 _x000D_
 SOLICITO QUE SEJA REALIZADA POR PARTE DO ÓRGÃO RESPONSÁVEL A ORIENTAÇÃO E FISCALIZAÇÃO DAS CAÇAMBAS DE ENTULHOS VERIFICANDO SE O POSICIONAMENTO NAS RUAS E IDENTIFICAÇÃO ESTÃO DENTRO DAS NORMAS MUNICIPAIS E FEDERAIS</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/285/indicacao_balao_de_oxigenio_.pdf</t>
   </si>
   <si>
     <t>Que seja adquirido um carrinho apropriado para o transporte de balão de oxigênio com o objetivo de_x000D_
 facilitar o deslocamento seguro e prático dos cilindros.</t>
   </si>
   <si>
+    <t>385</t>
+  </si>
+  <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/300/indicacao_assinado_limpeza_meio_fio.pdf</t>
   </si>
   <si>
     <t>Solicito que seja realizado serviço de limpeza de meio fio nas Ruas: Tomás Cáceres e Alagoas (lateral ao Condomínio Golden) Bairro Nova Era.</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/301/indicacao_assinado_travessas_3_e_5.pdf</t>
   </si>
   <si>
     <t>Solicito que seja realizado serviço de tapa-buracos nas ruas: Travessa 3 entre Leôncio de Souza Brito e Tomás da Silva França e rua Travessa 5 entre Evaristo Roberto Ferreira e Leôncio de Souza Brito.</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/302/indicacao_assinadocascalhamento_general.pdf</t>
   </si>
   <si>
     <t>Solicito que sejam realizados os serviços de patrolamento e cascalhamento na rua General Osório no bairro São Bento.</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/303/indicacao_assinado_calcada.pdf</t>
   </si>
   <si>
     <t>Solicito que seja realizada construção de calçada com sinalização de acessibilidade em torno do Posto  de Saúde Diva Nantes.</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/304/indicacao_n_14.pdf</t>
@@ -3469,207 +4015,194 @@
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/312/indicacao_assinado_mato_grosso.pdf</t>
   </si>
   <si>
     <t>Solicito que seja realizado serviço de tapa-buracos na rua Mato Grosso entre as ruas Guarani e rua Guaíba.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/313/indicacao_assinado_vicente.pdf</t>
   </si>
   <si>
     <t>Solicito que seja realizado serviço de tapa-buracos na rua Vicente de Brito esquina com rua Targino de Souza Barbosa.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/314/indicacao_assinado_cemiterio.pdf</t>
   </si>
   <si>
     <t>Solicito que seja realizada a construção de cobertura fixa no Cemitério Municipal.</t>
   </si>
   <si>
-    <t>398</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/328/emenda_leonida.pdf</t>
   </si>
   <si>
     <t>Solicito uma Emenda Parlamentar no valor de R$ 50.000,00 (Cinquenta Mil Reais) para aquisição de_x000D_
 19 amários de aço, uma impressora multifuncional e uma TV de 55 polegadas para Escola Municipal_x000D_
 Leonida La Rosa Balbuena.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/329/emenda.pdf</t>
   </si>
   <si>
     <t>Solicito uma Emenda Parlamentar no valor de R$ 50.000,00 (Cinquenta Mil Reais) para aquisição de_x000D_
 notebook, mesas, cadeiras, caixa de som e um aparelho de ar-condicionado de 18.000 BTUs para sala_x000D_
 de tecnologia da Escola Municipal Eldorado.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/330/indicacao_micro.pdf</t>
   </si>
   <si>
     <t>Solicito a destinação de uma emenda parlamentar ao Município de Sidrolândia/MS, para a aquisição de_x000D_
 um micro-ônibus destinado ao transporte dos pacientes que realizam tratamento de hemodiálise</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/331/indicacao_quebra_molas.pdf</t>
   </si>
   <si>
     <t>Solicito que seja feito um quebra-molas na Rua Tomás da Silva França próximo a residência de número_x000D_
 805, no Bairro São Bento.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/343/indicacao_rodoviaria_assinado.pdf</t>
   </si>
   <si>
     <t>Solicito a instalação de quebra-molas na Rua João Gomes, via que dá_x000D_
 acesso aos bairros Sidrolar 2 e Ipacarai.</t>
   </si>
   <si>
-    <t>403</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/344/indicacao_mototaxi_assinado.pdf</t>
   </si>
   <si>
     <t>Solicito a construção de um abrigo para os mototaxistas na Praça Central, melhorando a visibilidade dos pontos, a medida se torna necessária considerando que a motocicleta é um meio de transporte que não oferece proteção contra intempéries.</t>
   </si>
   <si>
-    <t>404</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/345/indicacao_assinado_joao_maria.pdf</t>
   </si>
   <si>
     <t>Solicito que seja realizado serviço de tapa-buracos na rua João Maria de Barbosa Nantes entre as ruas Napoleão e rua Matadouro.</t>
   </si>
   <si>
-    <t>405</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/346/indicacao_assinado_general_pinho.pdf</t>
   </si>
   <si>
     <t>Solicito que seja realizado serviço de tapa-buracos na rua General Pinho entre as ruas Evaristo Roberto Ferreira e Prudente de Moraes.</t>
   </si>
   <si>
-    <t>406</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/347/indicacao_assinado_pedro_celestino.pdf</t>
   </si>
   <si>
     <t>Solicito que seja realizado serviço de tapa-buracos na rua Pedro Celestino esquina com a rua Prudente de Moraes.</t>
   </si>
   <si>
-    <t>407</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/348/indicacao_assinado_norival.pdf</t>
   </si>
   <si>
     <t>Solicito que seja realizado serviço de tapa-buracos na rua Norival Lopes Morais esquina com Soychi Arakaki.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/349/indicacao_rodoviaria_assinado.pdf</t>
   </si>
   <si>
     <t>Solicito que seja providenciada a instalação de uma cobertura metálica para os taxistas na área lateral do Terminal Rodoviária Municipal.</t>
-  </si>
-[...1 lines deleted...]
-    <t>409</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/370/indicacao_pm.pdf</t>
   </si>
   <si>
     <t>Venho por meio desta, indicar a necessidade de reforço nas rondas ostensivas, com aumentos_x000D_
 significativos do efetivo policial nas ruas, bem como a inclusão de rondas com motocicletas, além da_x000D_
 realização de um estudo técnico para tornar essas ações rotina nos bairros mais críticos do município.</t>
-  </si>
-[...1 lines deleted...]
-    <t>410</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/374/indicacao_assinado_educacao.pdf</t>
   </si>
   <si>
     <t>Venho por meio desta, Indicar ao Senhor Prefeito Municipal, junto à Secretaria Municipal de Educação,_x000D_
 a necessidade de elaboração e implantação de um Plano Municipal de Capacitação Continuada_x000D_
 destinado aos profissionais da Rede Municipal de Ensino — incluindo professores, auxiliares,_x000D_
 assistentes de sala, monitores e demais servidores da área pedagógica</t>
   </si>
   <si>
-    <t>411</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/376/indicacao_ar_condicionado_biblioteca_assinado.pdf</t>
   </si>
   <si>
     <t>Indico à Mesa Diretora, ouvida esta Casa de Leis, que seja encaminhado expediente ao Exmo. Sr. RODRIGO BORGES BASSO Prefeito Municipal de Sidrolândia-MS, com cópias ao Exmo. Sr. ALEX JOSÉ DE NAZARETH NANTES Secretário Municipal de Turismo, Esporte e Cultura e Fundação Municipal de Cultura._x000D_
 _x000D_
 SOLICITAÇÃO_x000D_
 SOLICITO QUE SEJA REALIZADA A AQUISIÇÃO E INSTALAÇÃO DE APARELHOS DE AR CONDICIONADO NA BIBLIOTECA MUNICIPAL</t>
   </si>
   <si>
-    <t>412</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/396/indicacao_assinado.pdf</t>
   </si>
   <si>
     <t>Solicito que seja realizada a instalação de um ponto de iluminação no poste em frente ao condomínio Alto do Monte.</t>
   </si>
   <si>
-    <t>413</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_assinado_lampada.pdf</t>
   </si>
   <si>
     <t>Solicito que seja realizado serviço de troca de lâmpada no poste da rua Odilon Rosa Nantes em frente à residência nº 26.</t>
+  </si>
+  <si>
+    <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/399/assinado_3.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa Diretora, ouvida esta Casa de Leis, que seja encaminhado expediente ao Exmo. Senhor Rodrigo Borges Basso Prefeito de Sidrolândia, com cópias a  secretária de Obras e Infraestrutura  a seguinte indicação:</t>
+  </si>
+  <si>
+    <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/401/assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa Diretora, ouvida esta Casa de Leis, que seja encaminhado expediente ao Exmo. Senhor_x000D_
+Rodrigo Borges Basso Prefeito de Sidrolândia, com cópias para secretário Municipal de Educação Sr._x000D_
+Villi Marcos Tognon a seguinte indicação:</t>
+  </si>
+  <si>
+    <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/402/assinado_5.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa Diretora, ouvida esta Casa de Leis, que seja encaminhado expediente ao Exmo. Senhor Rodrigo Borges Basso Prefeito de Sidrolândia, com cópias para secretário Municipal de Educação  Sr. Villi Marcos Tognon a seguinte indicação:</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção de Congratulação</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/89/mocao_1.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação ao CTG Campos da Vacaria, entidade tradicionalista que há décadas representa com excelência a cultura gaúcha em nosso município de Sidrolândia.</t>
   </si>
   <si>
     <t>https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/299/mocao_de_congratulacao_.pdf</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>MOPe</t>
   </si>
@@ -4007,56 +4540,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/63/parecerclc-053-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/101/parecerclc-054-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/99/parecerclc-055-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/97/parecerclc-056-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/157/parecerclc-057-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/158/parecerclc-058-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/159/parecerclc-059-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/160/parecerclc-060-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/183/parecerclc-061-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/184/parecer_do_veto_31.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/191/parecerclc-063-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/192/parecerclc-064-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/195/parecerclc-065-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/223/parecerclc-067-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/224/parecerclc-068-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/287/parecer_da_clc_69.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/322/parecer_clc_70.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/325/parecer_clc_71.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/338/projetos1-12_10.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/359/projetos1-12_6.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/360/projetos1-12_7.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/361/projetos1-12_8.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/362/projetos1-12_2.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/365/projetos1-12_9.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/364/projetos1-12_1.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/225/parecercof-020-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/34/parecercds-05-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/100/parecercds-007-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/366/projetos1-12_5.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/193/parecercec_009-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/194/parecercec_010-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/196/parecercec_011-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/62/parecercsdspd_016-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/96/parecercsdspd_-017-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/161/parecercsdspd_018-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/323/parecer_csdspd__23.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/15/projeto_de_emenda_a_lei_organica_02.2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/13/projeto_de_lei_complementar_n_06-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/60/projeto_de_lei_complementar_09_de_2025_-_altera_a_lei_complementar_n.o_122-2017__anexo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/135/projeto_de_lei_complementar_1020250922_08564626.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/140/projeto_de_lei_complementar_11_de_2025_-_altera_a_redacao_do_art._18_paragrafo_unico_alinea_f_da_lei_complementar_no_203_de_17_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/198/projeto_de_lei_complementar_12_de_2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/233/projeto_de_lei_complementar_13_de_2025_-_altera_a_lei_complementar_no_203-2025..pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/226/projeto_de_lei_complementar_15_de_2025_-altera_a_lei_complementar_municipal_no_014-03.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/227/projeto_de_lei_complementar_14_de_2025_-_altera_a_lei_complementar_municipal_no_03-97.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/234/projeto_de_lei_complementar_16_de_2025_-altera_a_lei_complementar_municipal_no_154-21.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/279/projeto_de_lei_complementar_17_de_2025_-_condeis.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/326/projeto_de_lei_complementar_18_de_2025_-altera_a_lei_municipal_no_1923-2018_fundagro_3.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/309/projeto_de_lei_complementar_19_de_2025_-_politica_municipal_da_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_de_lei_n_15-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/139/projeto_de_lei_29_de_2025_-_programa_minha_casa_minha_vida.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/186/projeto_de_lei_30_de_2025_-_refis_de_fim_de_ano.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/197/projeto_de_lei_31_de_2025_-_autoriza_o_poder_executivo_municipal_a_abrir_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/220/projeto_de_lei_32_de_2025_-_loa.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/221/projeto_de_lei_33_de_2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/245/projeto_de_lei_34_de_2025_-_autoriza_o_poder_executivo_municipal_a_abrir_credito_especial_1.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/246/projeto_de_lei_35_de_2025_-_autoriza_o_poder_executivo_municipal_a_abrir_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_de_lei_36_de_2025_-_alteracoes_na_loa.docx.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/248/projeto_de_lei_37_de_2025_-_extensao_rua_11_de_julho_jardim_alfa.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/267/projeto_de_lei_38_de_2025_-_revoga_inciso_spc_e_serasa.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/327/projeto_de_lei_39_de_2025_-_autoriza_o_poder_executivo_municipal_a_abrir_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/294/projeto_de_lei_40_de_2025_-_altera_o__2o_do_art._59_da_lei_municipal_no_2.211.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/320/projeto_de_lei_41_de_2025_-_altera_os_art_22_a_30_da_lei_n._2270_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/334/projeto_de_lei_42_de_2025_-_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/367/projeto_de_lei_43_de_2025_-_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/372/projeto_de_lei_44_de_2025_-_reestruturacao_da_bolsa_musico_1.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/371/projeto_de_lei_45_de_2025_-_laranja_1.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/35/projeto_de_lei_-_legislativo_28_2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/36/projeto_de_lei_legislativo_30-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/37/projeto_de_lei_-_legislativo_31-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/65/modelo_projeto_assinado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/88/pl_adultizacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/90/pl_criacao_programa_de_depressao_e_automutilacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/91/pl_punicao_vandalismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/104/pl_utilidade_publica_assinado.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/106/projeto_de_lei_legislativo_01.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/178/projeto_de_lei_ass_antecipacao_de_decimo_terceiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/204/projeto_de_lei_legislativo_02_13.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/244/modelo_de_projeto_de_lei_legislativo_ruidos_sonoros.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/297/projeto.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/310/projeto_patrimonio_cultural_assinado.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/332/projeto_de_lei_igualdade_de_genero.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/333/projeto_de_lei_no_000-2025_regulamentacao_de_tramitacao_digital_dos_projetos_de_leis.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/369/projeto_geraldo_garcia.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/373/projeto_valinhos.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/375/projeto_feminicidio_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/92/resolucao_2_ssinado.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/126/projeto_resolucao_alteracao_local.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/172/resolucao_5_segunda_feira_scan_30_de_set._de_2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/298/resolucao_titulo.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/350/resolucao_007__09_-2025_-_alteracao_data_da_sessao_do_dia_15_de_dezembro_2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/103/pl_punicao_vandalismo_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/293/projeto_de_lei_36_de_2025_-_alteracoes_na_loa_substitutivo_2.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/146/emenda_aditiva_7-2025_ao_projeto_de_lei_29-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/187/emenda_aditiva_no_008-2025_ao_projeto_de_lei_complementar_no_011-2025_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/357/projetos1-12_12.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/134/emenda_2020250922_08362127.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/147/emenda_modificativa_22-2025_ao_projeto_de_lei_29-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/148/modificativa_23.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/190/emenda_modificativa_n.__025_2025_-__ementa_pl_executivo_030_2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/324/emenda_modificativa_26.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/355/projetos1-12_15.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/356/projetos1-12_13.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/358/projetos1-12_14.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/102/veto_o_projeto_de_lei_ordinaria_do_legislativo_no_28_de_2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/129/veto_o_projeto_de_lei_municipal_no_30.2025_que_dispoe_sobre_as_restricoes_ao_uso_de_dispositivos_eletronicos_de_fumar.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/130/veto_o_projeto_de_lei_municipal_no_31.2025_que_proibe_a_nomeacao_ou_contratacao_para_determinados_cargos_e_empregos_publicos.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/368/veto_parcial_ao_projeto_de_lei_municipal_no_40.2025_emissoes_de_ruidos_sonoros_excessivos.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/115/requerimento182025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/176/modelo_de_requerimento_assinado_30.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/177/sidroanda.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/241/requerimento_05_-_2025_-_solicitacao_de_informacoes_-_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/242/requerimento_08_-_2025_-_solicitacao_de_informacoes_-_adm_assinado.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/249/requerimento_07_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/255/requerimento_06_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/278/requerimento_06_-_2025_-_solicitacao_de_informacoes_-_seinfra_assinado.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/289/requerimento.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/11/indicacao_262.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/12/indicacao_263.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/18/indicacao_264.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/19/indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/20/indicacao_2.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/21/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/22/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/23/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/24/indicacao_02.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/25/indicacao_266.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/26/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/27/indicacao_265.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/28/indicacao_02.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/29/indicacao.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_quebra-molas_rua_taruma.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/32/indicacao_quebra-molas_rua_parana.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/33/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/42/indicacao_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/45/indicacao_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_assinado_4.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/47/3.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/48/indicacao_assinado_5.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/49/indicacao_tampa_caminhao.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/50/indicacao_entrada_pcd_oscalina_nantes.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_05.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_04.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/54/indicacao_tampas_caixa_eletrica_fratelli.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/55/indicacao_quebra_molas_capao_seco.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/56/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/59/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao_19-08.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/64/inidcacao_banheiro_nova.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao_7.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/67/indicacao_6.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/68/indicacao_praca.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/69/indicacao_praca.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/72/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/73/indicacao_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/74/indicacao_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/75/indicacao_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/79/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/80/assinado.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/81/proposicao_04.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/82/proposicao_5.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/84/indicacao_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/85/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/86/indicacao_assinado_4.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/87/indicacao_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/107/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/108/indicacao_quebra_coco_policiamento..pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/109/indicacao_09.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/110/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/111/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/112/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/113/indicacao09_assinado.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/116/proposicao_08.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/117/proposicao_09.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/118/indicacao_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/119/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/120/indicacao_joana.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/121/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/124/indicacao_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/125/indicacao_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/131/indicacao_assinado_11.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/143/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/144/indicacao_n12.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/145/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_quebra_mola_av_antero_assinado.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_da_criacao_de_um_programa_de_negociacao_do_iptu_assinado.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_correcao_sarjeta_assinado.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_placas_sinalizacao_upa_24h.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_capacitacao_odonto_tea.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/164/joana.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao_reforma_posto_aldeia_nova_terere.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/180/proposicao_11.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/181/proposicao_12.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_assinado_5.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_assinado_4.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/208/assinad03.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao_reforma_da_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_delegado.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao__15.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao_assinado_6.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/216/reforma_da_ponte_comunidade_6_e_8---.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao_poco_artesiano_capao_bonito_2--_---.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/239/maracuja.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/240/capao_bonito.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao_placa_proibido_estacionar_parque_dos_ypes.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/252/indicacao_assinado_07.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/254/indicacao_asfalto_-_4000_assinado.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/256/sala_da_cidadania_assinado.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/271/indicacao_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/272/indicacao_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/273/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/276/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/277/placa_sao_pedro_assinado.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/281/indicacao_passarela_sandro_luiz_assinado.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/282/indicacao_cmei_heitor_assinado.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/283/indicacao_plantio_de_arvore_benigno_escobar_assinado.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/284/indicacao_cacambas_assinado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/285/indicacao_balao_de_oxigenio_.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/300/indicacao_assinado_limpeza_meio_fio.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/301/indicacao_assinado_travessas_3_e_5.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/302/indicacao_assinadocascalhamento_general.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/303/indicacao_assinado_calcada.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/304/indicacao_n_14.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/305/indicacao_aldeia_indigena_nova_nascente.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/306/indicacao__pavimentacao_asfaltica_na_aldeia_indigena.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/307/indicacao_do_aumento_do_alambrado_do_carandazal_assinado.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/308/indicacao_manutencao_rua_general_osorio_assinado.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/311/indicacao_assinado_geraldo_g.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/312/indicacao_assinado_mato_grosso.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/313/indicacao_assinado_vicente.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/314/indicacao_assinado_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/328/emenda_leonida.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/329/emenda.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/330/indicacao_micro.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/331/indicacao_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/343/indicacao_rodoviaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/344/indicacao_mototaxi_assinado.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/345/indicacao_assinado_joao_maria.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/346/indicacao_assinado_general_pinho.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/347/indicacao_assinado_pedro_celestino.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/348/indicacao_assinado_norival.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/349/indicacao_rodoviaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/370/indicacao_pm.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/374/indicacao_assinado_educacao.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/376/indicacao_ar_condicionado_biblioteca_assinado.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/396/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_assinado_lampada.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/89/mocao_1.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/299/mocao_de_congratulacao_.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/98/modelo_mocao_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/63/parecerclc-053-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/101/parecerclc-054-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/99/parecerclc-055-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/97/parecerclc-056-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/157/parecerclc-057-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/158/parecerclc-058-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/159/parecerclc-059-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/160/parecerclc-060-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/183/parecerclc-061-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/184/parecer_do_veto_31.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/191/parecerclc-063-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/192/parecerclc-064-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/195/parecerclc-065-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/223/parecerclc-067-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/224/parecerclc-068-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/287/parecer_da_clc_69.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/322/parecer_clc_70.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/325/parecer_clc_71.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/338/projetos1-12_10.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/359/projetos1-12_6.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/360/projetos1-12_7.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/361/projetos1-12_8.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/362/projetos1-12_2.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/365/projetos1-12_9.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/364/projetos1-12_1.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/225/parecercof-020-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/34/parecercds-05-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/100/parecercds-007-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/366/projetos1-12_5.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/193/parecercec_009-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/194/parecercec_010-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/196/parecercec_011-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/62/parecercsdspd_016-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/96/parecercsdspd_-017-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/161/parecercsdspd_018-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/323/parecer_csdspd__23.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/15/projeto_de_emenda_a_lei_organica_02.2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/13/projeto_de_lei_complementar_n_06-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/60/projeto_de_lei_complementar_09_de_2025_-_altera_a_lei_complementar_n.o_122-2017__anexo.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/135/projeto_de_lei_complementar_1020250922_08564626.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/140/projeto_de_lei_complementar_11_de_2025_-_altera_a_redacao_do_art._18_paragrafo_unico_alinea_f_da_lei_complementar_no_203_de_17_de_junho_de_2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/198/projeto_de_lei_complementar_12_de_2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/233/projeto_de_lei_complementar_13_de_2025_-_altera_a_lei_complementar_no_203-2025..pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/226/projeto_de_lei_complementar_15_de_2025_-altera_a_lei_complementar_municipal_no_014-03.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/227/projeto_de_lei_complementar_14_de_2025_-_altera_a_lei_complementar_municipal_no_03-97.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/234/projeto_de_lei_complementar_16_de_2025_-altera_a_lei_complementar_municipal_no_154-21.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/279/projeto_de_lei_complementar_17_de_2025_-_condeis.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/326/projeto_de_lei_complementar_18_de_2025_-altera_a_lei_municipal_no_1923-2018_fundagro_3.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/309/projeto_de_lei_complementar_19_de_2025_-_politica_municipal_da_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/16/projeto_de_lei_n_15-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/139/projeto_de_lei_29_de_2025_-_programa_minha_casa_minha_vida.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/186/projeto_de_lei_30_de_2025_-_refis_de_fim_de_ano.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/197/projeto_de_lei_31_de_2025_-_autoriza_o_poder_executivo_municipal_a_abrir_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/220/projeto_de_lei_32_de_2025_-_loa.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/221/projeto_de_lei_33_de_2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/245/projeto_de_lei_34_de_2025_-_autoriza_o_poder_executivo_municipal_a_abrir_credito_especial_1.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/246/projeto_de_lei_35_de_2025_-_autoriza_o_poder_executivo_municipal_a_abrir_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_de_lei_36_de_2025_-_alteracoes_na_loa.docx.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/248/projeto_de_lei_37_de_2025_-_extensao_rua_11_de_julho_jardim_alfa.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/267/projeto_de_lei_38_de_2025_-_revoga_inciso_spc_e_serasa.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/327/projeto_de_lei_39_de_2025_-_autoriza_o_poder_executivo_municipal_a_abrir_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/294/projeto_de_lei_40_de_2025_-_altera_o__2o_do_art._59_da_lei_municipal_no_2.211.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/320/projeto_de_lei_41_de_2025_-_altera_os_art_22_a_30_da_lei_n._2270_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/334/projeto_de_lei_42_de_2025_-_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/367/projeto_de_lei_43_de_2025_-_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/409/projeto_de_lei_44_de_2025_-_reestruturacao_da_bolsa_musico_2.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/371/projeto_de_lei_45_de_2025_-_laranja_1.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/459/projeto_de_lei_46_de_2025..pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/35/projeto_de_lei_-_legislativo_28_2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/36/projeto_de_lei_legislativo_30-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/37/projeto_de_lei_-_legislativo_31-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/65/modelo_projeto_assinado.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/88/pl_adultizacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/90/pl_criacao_programa_de_depressao_e_automutilacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/91/pl_punicao_vandalismo_assinado.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/104/pl_utilidade_publica_assinado.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/106/projeto_de_lei_legislativo_01.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/178/projeto_de_lei_ass_antecipacao_de_decimo_terceiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/204/projeto_de_lei_legislativo_02_13.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/244/modelo_de_projeto_de_lei_legislativo_ruidos_sonoros.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/297/projeto.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/310/projeto_patrimonio_cultural_assinado.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/332/projeto_de_lei_igualdade_de_genero.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/333/projeto_de_lei_no_000-2025_regulamentacao_de_tramitacao_digital_dos_projetos_de_leis.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/369/projeto_geraldo_garcia.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/373/projeto_valinhos.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/375/projeto_feminicidio_1.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/413/projeto_de_lei_legislativo_no_48_assinado.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/92/resolucao_2_ssinado.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/126/projeto_resolucao_alteracao_local.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/172/resolucao_5_segunda_feira_scan_30_de_set._de_2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/298/resolucao_titulo.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/350/resolucao_007__09_-2025_-_alteracao_data_da_sessao_do_dia_15_de_dezembro_2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/103/pl_punicao_vandalismo_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/293/projeto_de_lei_36_de_2025_-_alteracoes_na_loa_substitutivo_2.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/410/projeto_de_lei_41_de_2025_-_altera_os_art_22_a_30_da_lei_n._2270_de_2025_1_1.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/146/emenda_aditiva_7-2025_ao_projeto_de_lei_29-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/187/emenda_aditiva_no_008-2025_ao_projeto_de_lei_complementar_no_011-2025_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/357/projetos1-12_12.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/134/emenda_2020250922_08362127.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/147/emenda_modificativa_22-2025_ao_projeto_de_lei_29-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/148/modificativa_23.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/190/emenda_modificativa_n.__025_2025_-__ementa_pl_executivo_030_2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/324/emenda_modificativa_26.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/355/projetos1-12_15.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/356/projetos1-12_13.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/358/projetos1-12_14.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/102/veto_o_projeto_de_lei_ordinaria_do_legislativo_no_28_de_2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/129/veto_o_projeto_de_lei_municipal_no_30.2025_que_dispoe_sobre_as_restricoes_ao_uso_de_dispositivos_eletronicos_de_fumar.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/130/veto_o_projeto_de_lei_municipal_no_31.2025_que_proibe_a_nomeacao_ou_contratacao_para_determinados_cargos_e_empregos_publicos.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/368/veto_parcial_ao_projeto_de_lei_municipal_no_40.2025_emissoes_de_ruidos_sonoros_excessivos.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/115/requerimento182025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/176/modelo_de_requerimento_assinado_30.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/177/sidroanda.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/241/requerimento_05_-_2025_-_solicitacao_de_informacoes_-_saude_assinado.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/242/requerimento_08_-_2025_-_solicitacao_de_informacoes_-_adm_assinado.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/249/requerimento_07_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/255/requerimento_06_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/278/requerimento_06_-_2025_-_solicitacao_de_informacoes_-_seinfra_assinado.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/289/requerimento.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/398/requerimento_zotti.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/458/assinado.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/11/indicacao_262.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/12/indicacao_263.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/18/indicacao_264.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/19/indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/20/indicacao_2.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/21/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/22/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/23/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/24/indicacao_02.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/25/indicacao_266.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/26/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/27/indicacao_265.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/28/indicacao_02.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/29/indicacao.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_quebra-molas_rua_taruma.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/32/indicacao_quebra-molas_rua_parana.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/33/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/42/indicacao_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/43/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/44/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/45/indicacao_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_assinado_4.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/47/3.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/48/indicacao_assinado_5.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/49/indicacao_tampa_caminhao.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/50/indicacao_entrada_pcd_oscalina_nantes.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_05.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_04.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/54/indicacao_tampas_caixa_eletrica_fratelli.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/55/indicacao_quebra_molas_capao_seco.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/56/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/59/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao_19-08.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/64/inidcacao_banheiro_nova.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao_7.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/67/indicacao_6.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/68/indicacao_praca.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/69/indicacao_praca.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/72/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/73/indicacao_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/74/indicacao_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/75/indicacao_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/79/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/80/assinado.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/81/proposicao_04.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/82/proposicao_5.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/84/indicacao_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/85/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/86/indicacao_assinado_4.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/87/indicacao_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/107/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/108/indicacao_quebra_coco_policiamento..pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/109/indicacao_09.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/110/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/111/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/112/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/113/indicacao09_assinado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/116/proposicao_08.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/117/proposicao_09.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/118/indicacao_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/119/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/120/indicacao_joana.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/121/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/124/indicacao_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/125/indicacao_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/131/indicacao_assinado_11.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/143/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/144/indicacao_n12.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/145/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_quebra_mola_av_antero_assinado.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_da_criacao_de_um_programa_de_negociacao_do_iptu_assinado.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_correcao_sarjeta_assinado.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_placas_sinalizacao_upa_24h.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_capacitacao_odonto_tea.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/164/joana.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao_reforma_posto_aldeia_nova_terere.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/180/proposicao_11.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/181/proposicao_12.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_assinado_5.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_assinado_4.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/208/assinad03.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao_reforma_da_pista_de_caminhada.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_delegado.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao__15.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao_assinado_6.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/216/reforma_da_ponte_comunidade_6_e_8---.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao_poco_artesiano_capao_bonito_2--_---.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/239/maracuja.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/240/capao_bonito.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao_placa_proibido_estacionar_parque_dos_ypes.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/252/indicacao_assinado_07.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/254/indicacao_asfalto_-_4000_assinado.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/256/sala_da_cidadania_assinado.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/271/indicacao_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/272/indicacao_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/273/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/276/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/277/placa_sao_pedro_assinado.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/281/indicacao_passarela_sandro_luiz_assinado.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/282/indicacao_cmei_heitor_assinado.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/283/indicacao_plantio_de_arvore_benigno_escobar_assinado.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/284/indicacao_cacambas_assinado.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/285/indicacao_balao_de_oxigenio_.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/300/indicacao_assinado_limpeza_meio_fio.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/301/indicacao_assinado_travessas_3_e_5.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/302/indicacao_assinadocascalhamento_general.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/303/indicacao_assinado_calcada.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/304/indicacao_n_14.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/305/indicacao_aldeia_indigena_nova_nascente.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/306/indicacao__pavimentacao_asfaltica_na_aldeia_indigena.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/307/indicacao_do_aumento_do_alambrado_do_carandazal_assinado.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/308/indicacao_manutencao_rua_general_osorio_assinado.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/311/indicacao_assinado_geraldo_g.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/312/indicacao_assinado_mato_grosso.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/313/indicacao_assinado_vicente.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/314/indicacao_assinado_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/328/emenda_leonida.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/329/emenda.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/330/indicacao_micro.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/331/indicacao_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/343/indicacao_rodoviaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/344/indicacao_mototaxi_assinado.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/345/indicacao_assinado_joao_maria.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/346/indicacao_assinado_general_pinho.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/347/indicacao_assinado_pedro_celestino.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/348/indicacao_assinado_norival.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/349/indicacao_rodoviaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/370/indicacao_pm.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/374/indicacao_assinado_educacao.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/376/indicacao_ar_condicionado_biblioteca_assinado.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/396/indicacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_assinado_lampada.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/399/assinado_3.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/401/assinado.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/402/assinado_5.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/89/mocao_1.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/299/mocao_de_congratulacao_.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.sidrolandia.ms.leg.br/media/sapl/public/materialegislativa/2025/98/modelo_mocao_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H369"/>
+  <dimension ref="A1:H428"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="65.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="219.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -4873,8524 +5406,10028 @@
       </c>
       <c r="C36" t="s">
         <v>115</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
         <v>12</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H36" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>117</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
         <v>12</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H37" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
         <v>12</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H38" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>121</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
         <v>12</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H39" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>124</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>10</v>
+        <v>125</v>
       </c>
       <c r="D40" t="s">
-        <v>125</v>
+        <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H40" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>127</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
         <v>128</v>
       </c>
-      <c r="B41" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D41" t="s">
-        <v>125</v>
+        <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>126</v>
+        <v>12</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H41" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>130</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E42" t="s">
-        <v>126</v>
+        <v>132</v>
+      </c>
+      <c r="F42" t="s">
+        <v>26</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H42" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>134</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>16</v>
+      </c>
+      <c r="D43" t="s">
+        <v>131</v>
+      </c>
+      <c r="E43" t="s">
         <v>132</v>
-      </c>
-[...10 lines deleted...]
-        <v>126</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H43" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D44" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E44" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H44" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="D45" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E45" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H45" t="s">
-        <v>46</v>
+        <v>139</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="D46" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E46" t="s">
-        <v>126</v>
+        <v>132</v>
+      </c>
+      <c r="F46" t="s">
+        <v>141</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H46" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D47" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E47" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H47" t="s">
-        <v>141</v>
+        <v>46</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="D48" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E48" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H48" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>145</v>
+        <v>38</v>
       </c>
       <c r="D49" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E49" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H49" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D50" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E50" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H50" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>48</v>
+        <v>151</v>
       </c>
       <c r="D51" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E51" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H51" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>8</v>
+        <v>45</v>
       </c>
       <c r="D52" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E52" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H52" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="D53" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E53" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H53" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="D54" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E54" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H54" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D55" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E55" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H55" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>64</v>
+        <v>15</v>
       </c>
       <c r="D56" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E56" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H56" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>162</v>
+        <v>61</v>
       </c>
       <c r="D57" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E57" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H57" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="D58" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E58" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H58" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>70</v>
+        <v>168</v>
       </c>
       <c r="D59" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E59" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H59" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="D60" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E60" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H60" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="D61" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E61" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H61" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D62" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E62" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H62" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="D63" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E63" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H63" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="D64" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E64" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H64" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="D65" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E65" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H65" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="D66" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E66" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H66" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="D67" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E67" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H67" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="D68" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E68" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H68" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="D69" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E69" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H69" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D70" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E70" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H70" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D71" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E71" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H71" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D72" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E72" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H72" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D73" t="s">
-        <v>196</v>
+        <v>131</v>
       </c>
       <c r="E73" t="s">
-        <v>197</v>
-[...1 lines deleted...]
-      <c r="F73" t="s">
+        <v>132</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H73" t="s">
         <v>198</v>
-      </c>
-[...4 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>202</v>
+        <v>109</v>
       </c>
       <c r="D74" t="s">
-        <v>196</v>
+        <v>131</v>
       </c>
       <c r="E74" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>132</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>203</v>
+        <v>13</v>
       </c>
       <c r="H74" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>206</v>
+        <v>112</v>
       </c>
       <c r="D75" t="s">
-        <v>196</v>
+        <v>131</v>
       </c>
       <c r="E75" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>132</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>207</v>
+        <v>13</v>
       </c>
       <c r="H75" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>210</v>
+        <v>115</v>
       </c>
       <c r="D76" t="s">
-        <v>196</v>
+        <v>131</v>
       </c>
       <c r="E76" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>132</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>211</v>
+        <v>13</v>
       </c>
       <c r="H76" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>214</v>
+        <v>18</v>
       </c>
       <c r="D77" t="s">
-        <v>196</v>
+        <v>131</v>
       </c>
       <c r="E77" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>132</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>215</v>
+        <v>13</v>
       </c>
       <c r="H77" t="s">
-        <v>216</v>
+        <v>206</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>217</v>
+        <v>207</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>218</v>
+        <v>21</v>
       </c>
       <c r="D78" t="s">
-        <v>196</v>
+        <v>131</v>
       </c>
       <c r="E78" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>132</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>219</v>
+        <v>13</v>
       </c>
       <c r="H78" t="s">
-        <v>220</v>
+        <v>208</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>221</v>
+        <v>209</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>222</v>
+        <v>122</v>
       </c>
       <c r="D79" t="s">
-        <v>196</v>
+        <v>131</v>
       </c>
       <c r="E79" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>132</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>223</v>
+        <v>13</v>
       </c>
       <c r="H79" t="s">
-        <v>224</v>
+        <v>210</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>225</v>
+        <v>211</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>226</v>
+        <v>125</v>
       </c>
       <c r="D80" t="s">
-        <v>196</v>
+        <v>131</v>
       </c>
       <c r="E80" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>132</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>227</v>
+        <v>13</v>
       </c>
       <c r="H80" t="s">
-        <v>228</v>
+        <v>212</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>229</v>
+        <v>213</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>230</v>
+        <v>214</v>
       </c>
       <c r="D81" t="s">
-        <v>196</v>
+        <v>215</v>
       </c>
       <c r="E81" t="s">
-        <v>197</v>
+        <v>216</v>
+      </c>
+      <c r="F81" t="s">
+        <v>217</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>231</v>
+        <v>218</v>
       </c>
       <c r="H81" t="s">
-        <v>232</v>
+        <v>219</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>233</v>
+        <v>220</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>234</v>
+        <v>221</v>
       </c>
       <c r="D82" t="s">
-        <v>196</v>
+        <v>215</v>
       </c>
       <c r="E82" t="s">
-        <v>197</v>
+        <v>216</v>
       </c>
       <c r="F82" t="s">
-        <v>198</v>
+        <v>217</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>235</v>
+        <v>222</v>
       </c>
       <c r="H82" t="s">
-        <v>236</v>
+        <v>223</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>237</v>
+        <v>224</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>194</v>
+        <v>225</v>
       </c>
       <c r="D83" t="s">
-        <v>196</v>
+        <v>215</v>
       </c>
       <c r="E83" t="s">
-        <v>197</v>
+        <v>216</v>
       </c>
       <c r="F83" t="s">
-        <v>198</v>
+        <v>217</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>238</v>
+        <v>226</v>
       </c>
       <c r="H83" t="s">
-        <v>239</v>
+        <v>227</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>240</v>
+        <v>228</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>241</v>
+        <v>229</v>
       </c>
       <c r="D84" t="s">
-        <v>196</v>
+        <v>215</v>
       </c>
       <c r="E84" t="s">
-        <v>197</v>
+        <v>216</v>
+      </c>
+      <c r="F84" t="s">
+        <v>217</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>242</v>
+        <v>230</v>
       </c>
       <c r="H84" t="s">
-        <v>243</v>
+        <v>231</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>244</v>
+        <v>232</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>245</v>
+        <v>233</v>
       </c>
       <c r="D85" t="s">
-        <v>196</v>
+        <v>215</v>
       </c>
       <c r="E85" t="s">
-        <v>197</v>
+        <v>216</v>
       </c>
       <c r="F85" t="s">
-        <v>198</v>
+        <v>217</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>246</v>
+        <v>234</v>
       </c>
       <c r="H85" t="s">
-        <v>247</v>
+        <v>235</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>248</v>
+        <v>236</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>249</v>
+        <v>237</v>
       </c>
       <c r="D86" t="s">
-        <v>196</v>
+        <v>215</v>
       </c>
       <c r="E86" t="s">
-        <v>197</v>
+        <v>216</v>
       </c>
       <c r="F86" t="s">
-        <v>198</v>
+        <v>217</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>13</v>
+        <v>238</v>
       </c>
       <c r="H86" t="s">
-        <v>250</v>
+        <v>239</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>251</v>
+        <v>240</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="D87" t="s">
-        <v>196</v>
+        <v>215</v>
       </c>
       <c r="E87" t="s">
-        <v>197</v>
+        <v>216</v>
       </c>
       <c r="F87" t="s">
-        <v>198</v>
+        <v>217</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>253</v>
+        <v>242</v>
       </c>
       <c r="H87" t="s">
-        <v>254</v>
+        <v>243</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>255</v>
+        <v>244</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>256</v>
+        <v>245</v>
       </c>
       <c r="D88" t="s">
-        <v>196</v>
+        <v>215</v>
       </c>
       <c r="E88" t="s">
-        <v>197</v>
+        <v>216</v>
       </c>
       <c r="F88" t="s">
-        <v>198</v>
+        <v>217</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>257</v>
+        <v>246</v>
       </c>
       <c r="H88" t="s">
-        <v>258</v>
+        <v>247</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>259</v>
+        <v>248</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>260</v>
+        <v>249</v>
       </c>
       <c r="D89" t="s">
-        <v>196</v>
+        <v>215</v>
       </c>
       <c r="E89" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>216</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>261</v>
+        <v>250</v>
       </c>
       <c r="H89" t="s">
-        <v>262</v>
+        <v>251</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>263</v>
+        <v>252</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>264</v>
+        <v>253</v>
       </c>
       <c r="D90" t="s">
-        <v>196</v>
+        <v>215</v>
       </c>
       <c r="E90" t="s">
-        <v>197</v>
+        <v>216</v>
       </c>
       <c r="F90" t="s">
-        <v>198</v>
+        <v>217</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>265</v>
+        <v>254</v>
       </c>
       <c r="H90" t="s">
-        <v>266</v>
+        <v>255</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>267</v>
+        <v>256</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>268</v>
+        <v>213</v>
       </c>
       <c r="D91" t="s">
-        <v>196</v>
+        <v>215</v>
       </c>
       <c r="E91" t="s">
-        <v>197</v>
+        <v>216</v>
       </c>
       <c r="F91" t="s">
-        <v>198</v>
+        <v>217</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>269</v>
+        <v>257</v>
       </c>
       <c r="H91" t="s">
-        <v>270</v>
+        <v>258</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>271</v>
+        <v>259</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>272</v>
+        <v>260</v>
       </c>
       <c r="D92" t="s">
-        <v>196</v>
+        <v>215</v>
       </c>
       <c r="E92" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>216</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>273</v>
+        <v>261</v>
       </c>
       <c r="H92" t="s">
-        <v>274</v>
+        <v>262</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>275</v>
+        <v>263</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>276</v>
+        <v>264</v>
       </c>
       <c r="D93" t="s">
-        <v>196</v>
+        <v>215</v>
       </c>
       <c r="E93" t="s">
-        <v>197</v>
+        <v>216</v>
       </c>
       <c r="F93" t="s">
-        <v>198</v>
+        <v>217</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>277</v>
+        <v>265</v>
       </c>
       <c r="H93" t="s">
-        <v>278</v>
+        <v>266</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>279</v>
+        <v>267</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>280</v>
+        <v>268</v>
       </c>
       <c r="D94" t="s">
-        <v>196</v>
+        <v>215</v>
       </c>
       <c r="E94" t="s">
-        <v>197</v>
+        <v>216</v>
       </c>
       <c r="F94" t="s">
-        <v>198</v>
+        <v>217</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>281</v>
+        <v>13</v>
       </c>
       <c r="H94" t="s">
-        <v>282</v>
+        <v>269</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>283</v>
+        <v>270</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>284</v>
+        <v>271</v>
       </c>
       <c r="D95" t="s">
-        <v>196</v>
+        <v>215</v>
       </c>
       <c r="E95" t="s">
-        <v>197</v>
+        <v>216</v>
       </c>
       <c r="F95" t="s">
-        <v>198</v>
+        <v>217</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>285</v>
+        <v>272</v>
       </c>
       <c r="H95" t="s">
-        <v>286</v>
+        <v>273</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>287</v>
+        <v>274</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>288</v>
+        <v>275</v>
       </c>
       <c r="D96" t="s">
-        <v>196</v>
+        <v>215</v>
       </c>
       <c r="E96" t="s">
-        <v>197</v>
+        <v>216</v>
+      </c>
+      <c r="F96" t="s">
+        <v>217</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>289</v>
+        <v>276</v>
       </c>
       <c r="H96" t="s">
-        <v>290</v>
+        <v>277</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>291</v>
+        <v>278</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>292</v>
+        <v>279</v>
       </c>
       <c r="D97" t="s">
-        <v>196</v>
+        <v>215</v>
       </c>
       <c r="E97" t="s">
-        <v>197</v>
+        <v>216</v>
       </c>
       <c r="F97" t="s">
-        <v>198</v>
+        <v>217</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>293</v>
+        <v>280</v>
       </c>
       <c r="H97" t="s">
-        <v>294</v>
+        <v>281</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>295</v>
+        <v>282</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="D98" t="s">
-        <v>196</v>
+        <v>215</v>
       </c>
       <c r="E98" t="s">
-        <v>197</v>
+        <v>216</v>
       </c>
       <c r="F98" t="s">
-        <v>198</v>
+        <v>217</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>297</v>
+        <v>284</v>
       </c>
       <c r="H98" t="s">
-        <v>298</v>
+        <v>285</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>299</v>
+        <v>286</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>162</v>
+        <v>287</v>
       </c>
       <c r="D99" t="s">
-        <v>300</v>
+        <v>215</v>
       </c>
       <c r="E99" t="s">
-        <v>301</v>
+        <v>216</v>
       </c>
       <c r="F99" t="s">
-        <v>198</v>
+        <v>217</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>302</v>
+        <v>288</v>
       </c>
       <c r="H99" t="s">
-        <v>303</v>
+        <v>289</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>106</v>
+        <v>290</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>25</v>
+        <v>291</v>
       </c>
       <c r="D100" t="s">
-        <v>304</v>
+        <v>215</v>
       </c>
       <c r="E100" t="s">
-        <v>305</v>
+        <v>216</v>
       </c>
       <c r="F100" t="s">
-        <v>306</v>
+        <v>217</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>307</v>
+        <v>292</v>
       </c>
       <c r="H100" t="s">
-        <v>308</v>
+        <v>293</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>309</v>
+        <v>294</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>32</v>
+        <v>295</v>
       </c>
       <c r="D101" t="s">
-        <v>304</v>
+        <v>215</v>
       </c>
       <c r="E101" t="s">
-        <v>305</v>
+        <v>216</v>
       </c>
       <c r="F101" t="s">
-        <v>306</v>
+        <v>217</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>310</v>
+        <v>296</v>
       </c>
       <c r="H101" t="s">
-        <v>204</v>
+        <v>297</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>311</v>
+        <v>298</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>35</v>
+        <v>299</v>
       </c>
       <c r="D102" t="s">
-        <v>304</v>
+        <v>215</v>
       </c>
       <c r="E102" t="s">
-        <v>305</v>
+        <v>216</v>
       </c>
       <c r="F102" t="s">
-        <v>306</v>
+        <v>217</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>312</v>
+        <v>300</v>
       </c>
       <c r="H102" t="s">
-        <v>313</v>
+        <v>301</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>314</v>
+        <v>302</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>38</v>
+        <v>303</v>
       </c>
       <c r="D103" t="s">
-        <v>315</v>
+        <v>215</v>
       </c>
       <c r="E103" t="s">
-        <v>316</v>
+        <v>216</v>
       </c>
       <c r="F103" t="s">
-        <v>317</v>
+        <v>217</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>318</v>
+        <v>304</v>
       </c>
       <c r="H103" t="s">
-        <v>319</v>
+        <v>305</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>320</v>
+        <v>306</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>41</v>
+        <v>307</v>
       </c>
       <c r="D104" t="s">
-        <v>315</v>
+        <v>215</v>
       </c>
       <c r="E104" t="s">
-        <v>316</v>
-[...2 lines deleted...]
-        <v>317</v>
+        <v>216</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>321</v>
+        <v>308</v>
       </c>
       <c r="H104" t="s">
-        <v>322</v>
+        <v>309</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>323</v>
+        <v>310</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>145</v>
+        <v>311</v>
       </c>
       <c r="D105" t="s">
-        <v>315</v>
+        <v>215</v>
       </c>
       <c r="E105" t="s">
-        <v>316</v>
+        <v>216</v>
       </c>
       <c r="F105" t="s">
-        <v>317</v>
+        <v>217</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>324</v>
+        <v>312</v>
       </c>
       <c r="H105" t="s">
-        <v>325</v>
+        <v>313</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>234</v>
+        <v>314</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>56</v>
+        <v>315</v>
       </c>
       <c r="D106" t="s">
-        <v>326</v>
+        <v>215</v>
       </c>
       <c r="E106" t="s">
-        <v>327</v>
+        <v>216</v>
       </c>
       <c r="F106" t="s">
-        <v>328</v>
+        <v>217</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>329</v>
+        <v>316</v>
       </c>
       <c r="H106" t="s">
-        <v>330</v>
+        <v>317</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>331</v>
+        <v>318</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>15</v>
+        <v>319</v>
       </c>
       <c r="D107" t="s">
-        <v>326</v>
+        <v>215</v>
       </c>
       <c r="E107" t="s">
-        <v>327</v>
+        <v>216</v>
       </c>
       <c r="F107" t="s">
-        <v>328</v>
+        <v>217</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>332</v>
+        <v>13</v>
       </c>
       <c r="H107" t="s">
-        <v>333</v>
+        <v>320</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>334</v>
+        <v>321</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>61</v>
+        <v>322</v>
       </c>
       <c r="D108" t="s">
-        <v>326</v>
+        <v>215</v>
       </c>
       <c r="E108" t="s">
-        <v>327</v>
+        <v>216</v>
       </c>
       <c r="F108" t="s">
-        <v>328</v>
+        <v>217</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>335</v>
+        <v>13</v>
       </c>
       <c r="H108" t="s">
-        <v>336</v>
+        <v>323</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>337</v>
+        <v>324</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>64</v>
+        <v>325</v>
       </c>
       <c r="D109" t="s">
-        <v>326</v>
+        <v>215</v>
       </c>
       <c r="E109" t="s">
-        <v>327</v>
+        <v>216</v>
       </c>
       <c r="F109" t="s">
-        <v>328</v>
+        <v>217</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H109" t="s">
-        <v>338</v>
+        <v>326</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>339</v>
+        <v>327</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>162</v>
+        <v>328</v>
       </c>
       <c r="D110" t="s">
-        <v>326</v>
+        <v>215</v>
       </c>
       <c r="E110" t="s">
-        <v>327</v>
+        <v>216</v>
       </c>
       <c r="F110" t="s">
-        <v>328</v>
+        <v>217</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H110" t="s">
-        <v>340</v>
+        <v>329</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>341</v>
+        <v>330</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>67</v>
+        <v>331</v>
       </c>
       <c r="D111" t="s">
-        <v>326</v>
+        <v>215</v>
       </c>
       <c r="E111" t="s">
-        <v>327</v>
+        <v>216</v>
       </c>
       <c r="F111" t="s">
-        <v>328</v>
+        <v>217</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H111" t="s">
-        <v>342</v>
+        <v>332</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>343</v>
+        <v>333</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>70</v>
+        <v>334</v>
       </c>
       <c r="D112" t="s">
-        <v>326</v>
+        <v>215</v>
       </c>
       <c r="E112" t="s">
-        <v>327</v>
+        <v>216</v>
       </c>
       <c r="F112" t="s">
-        <v>328</v>
+        <v>217</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H112" t="s">
-        <v>344</v>
+        <v>335</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>345</v>
+        <v>336</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>73</v>
+        <v>337</v>
       </c>
       <c r="D113" t="s">
-        <v>326</v>
+        <v>215</v>
       </c>
       <c r="E113" t="s">
-        <v>327</v>
+        <v>216</v>
       </c>
       <c r="F113" t="s">
-        <v>328</v>
+        <v>217</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>346</v>
+        <v>13</v>
       </c>
       <c r="H113" t="s">
-        <v>347</v>
+        <v>338</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>53</v>
+        <v>339</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>16</v>
+        <v>340</v>
       </c>
       <c r="D114" t="s">
-        <v>348</v>
+        <v>215</v>
       </c>
       <c r="E114" t="s">
-        <v>349</v>
+        <v>216</v>
+      </c>
+      <c r="F114" t="s">
+        <v>217</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>350</v>
+        <v>13</v>
       </c>
       <c r="H114" t="s">
-        <v>351</v>
+        <v>341</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>48</v>
+        <v>342</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>29</v>
+        <v>343</v>
       </c>
       <c r="D115" t="s">
-        <v>352</v>
+        <v>215</v>
       </c>
       <c r="E115" t="s">
-        <v>353</v>
+        <v>216</v>
       </c>
       <c r="F115" t="s">
-        <v>42</v>
+        <v>217</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>354</v>
+        <v>13</v>
       </c>
       <c r="H115" t="s">
-        <v>355</v>
+        <v>344</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>226</v>
+        <v>345</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>38</v>
+        <v>346</v>
       </c>
       <c r="D116" t="s">
-        <v>352</v>
+        <v>215</v>
       </c>
       <c r="E116" t="s">
-        <v>353</v>
+        <v>216</v>
       </c>
       <c r="F116" t="s">
-        <v>42</v>
+        <v>217</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>356</v>
+        <v>13</v>
       </c>
       <c r="H116" t="s">
-        <v>357</v>
+        <v>347</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>358</v>
+        <v>348</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>41</v>
+        <v>168</v>
       </c>
       <c r="D117" t="s">
+        <v>349</v>
+      </c>
+      <c r="E117" t="s">
+        <v>350</v>
+      </c>
+      <c r="F117" t="s">
+        <v>217</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="H117" t="s">
         <v>352</v>
-      </c>
-[...10 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>361</v>
+        <v>353</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>145</v>
+        <v>67</v>
       </c>
       <c r="D118" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="E118" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="F118" t="s">
-        <v>42</v>
+        <v>354</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>362</v>
+        <v>13</v>
       </c>
       <c r="H118" t="s">
-        <v>363</v>
+        <v>355</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>364</v>
+        <v>356</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="D119" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="E119" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="F119" t="s">
-        <v>42</v>
+        <v>354</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>365</v>
+        <v>13</v>
       </c>
       <c r="H119" t="s">
-        <v>366</v>
+        <v>357</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>367</v>
+        <v>358</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>48</v>
+        <v>73</v>
       </c>
       <c r="D120" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="E120" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="F120" t="s">
-        <v>42</v>
+        <v>217</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>368</v>
+        <v>13</v>
       </c>
       <c r="H120" t="s">
-        <v>369</v>
+        <v>359</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>370</v>
+        <v>360</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>8</v>
+        <v>76</v>
       </c>
       <c r="D121" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="E121" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="F121" t="s">
-        <v>42</v>
+        <v>354</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>371</v>
+        <v>13</v>
       </c>
       <c r="H121" t="s">
-        <v>372</v>
+        <v>361</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>373</v>
+        <v>362</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>53</v>
+        <v>79</v>
       </c>
       <c r="D122" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="E122" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="F122" t="s">
-        <v>42</v>
+        <v>354</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>374</v>
+        <v>13</v>
       </c>
       <c r="H122" t="s">
-        <v>375</v>
+        <v>363</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>376</v>
+        <v>364</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>56</v>
+        <v>82</v>
       </c>
       <c r="D123" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="E123" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="F123" t="s">
-        <v>42</v>
+        <v>354</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>377</v>
+        <v>13</v>
       </c>
       <c r="H123" t="s">
-        <v>378</v>
+        <v>365</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>379</v>
+        <v>366</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="D124" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="E124" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="F124" t="s">
-        <v>42</v>
+        <v>354</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>380</v>
+        <v>13</v>
       </c>
       <c r="H124" t="s">
-        <v>381</v>
+        <v>367</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>382</v>
+        <v>368</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>61</v>
+        <v>88</v>
       </c>
       <c r="D125" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="E125" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="F125" t="s">
-        <v>42</v>
+        <v>354</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>383</v>
+        <v>13</v>
       </c>
       <c r="H125" t="s">
-        <v>384</v>
+        <v>369</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>385</v>
+        <v>106</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>64</v>
+        <v>25</v>
       </c>
       <c r="D126" t="s">
-        <v>352</v>
+        <v>370</v>
       </c>
       <c r="E126" t="s">
-        <v>353</v>
+        <v>371</v>
       </c>
       <c r="F126" t="s">
-        <v>42</v>
+        <v>372</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="H126" t="s">
-        <v>387</v>
+        <v>374</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>56</v>
+        <v>375</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="D127" t="s">
-        <v>388</v>
+        <v>370</v>
       </c>
       <c r="E127" t="s">
-        <v>389</v>
+        <v>371</v>
       </c>
       <c r="F127" t="s">
-        <v>42</v>
+        <v>372</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>390</v>
+        <v>376</v>
       </c>
       <c r="H127" t="s">
-        <v>391</v>
+        <v>223</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>392</v>
+        <v>377</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>91</v>
+        <v>35</v>
       </c>
       <c r="D128" t="s">
-        <v>388</v>
+        <v>370</v>
       </c>
       <c r="E128" t="s">
-        <v>389</v>
+        <v>371</v>
       </c>
       <c r="F128" t="s">
-        <v>42</v>
+        <v>372</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>393</v>
+        <v>378</v>
       </c>
       <c r="H128" t="s">
-        <v>394</v>
+        <v>379</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>395</v>
+        <v>380</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>94</v>
+        <v>38</v>
       </c>
       <c r="D129" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="E129" t="s">
-        <v>389</v>
+        <v>382</v>
       </c>
       <c r="F129" t="s">
-        <v>42</v>
+        <v>383</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>396</v>
+        <v>384</v>
       </c>
       <c r="H129" t="s">
-        <v>397</v>
+        <v>385</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>398</v>
+        <v>386</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="D130" t="s">
+        <v>381</v>
+      </c>
+      <c r="E130" t="s">
+        <v>382</v>
+      </c>
+      <c r="F130" t="s">
+        <v>383</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="H130" t="s">
         <v>388</v>
-      </c>
-[...10 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>401</v>
+        <v>389</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>100</v>
+        <v>151</v>
       </c>
       <c r="D131" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="E131" t="s">
-        <v>389</v>
+        <v>382</v>
       </c>
       <c r="F131" t="s">
-        <v>42</v>
+        <v>383</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>402</v>
+        <v>390</v>
       </c>
       <c r="H131" t="s">
-        <v>403</v>
+        <v>391</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>404</v>
+        <v>392</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>103</v>
+        <v>53</v>
       </c>
       <c r="D132" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="E132" t="s">
-        <v>389</v>
+        <v>382</v>
       </c>
       <c r="F132" t="s">
-        <v>42</v>
+        <v>383</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>405</v>
+        <v>13</v>
       </c>
       <c r="H132" t="s">
-        <v>406</v>
+        <v>393</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>407</v>
+        <v>253</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>106</v>
+        <v>56</v>
       </c>
       <c r="D133" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="E133" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="F133" t="s">
-        <v>42</v>
+        <v>396</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>408</v>
+        <v>397</v>
       </c>
       <c r="H133" t="s">
-        <v>409</v>
+        <v>398</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>410</v>
+        <v>399</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D134" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="E134" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="F134" t="s">
-        <v>42</v>
+        <v>396</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>411</v>
+        <v>400</v>
       </c>
       <c r="H134" t="s">
-        <v>409</v>
+        <v>401</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>412</v>
+        <v>402</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>112</v>
+        <v>61</v>
       </c>
       <c r="D135" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="E135" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="F135" t="s">
-        <v>42</v>
+        <v>396</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>413</v>
+        <v>403</v>
       </c>
       <c r="H135" t="s">
-        <v>414</v>
+        <v>404</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>415</v>
+        <v>405</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>115</v>
+        <v>64</v>
       </c>
       <c r="D136" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="E136" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="F136" t="s">
-        <v>42</v>
+        <v>396</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>416</v>
+        <v>13</v>
       </c>
       <c r="H136" t="s">
-        <v>417</v>
+        <v>406</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>418</v>
+        <v>407</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>118</v>
+        <v>168</v>
       </c>
       <c r="D137" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="E137" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="F137" t="s">
-        <v>42</v>
+        <v>396</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>419</v>
+        <v>13</v>
       </c>
       <c r="H137" t="s">
-        <v>420</v>
+        <v>408</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>421</v>
+        <v>409</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>18</v>
+        <v>67</v>
       </c>
       <c r="D138" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="E138" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="F138" t="s">
-        <v>42</v>
+        <v>396</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>422</v>
+        <v>13</v>
       </c>
       <c r="H138" t="s">
-        <v>423</v>
+        <v>410</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>424</v>
+        <v>411</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>21</v>
+        <v>70</v>
       </c>
       <c r="D139" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="E139" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="F139" t="s">
-        <v>42</v>
+        <v>396</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>425</v>
+        <v>13</v>
       </c>
       <c r="H139" t="s">
-        <v>426</v>
+        <v>412</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>427</v>
+        <v>413</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>428</v>
+        <v>73</v>
       </c>
       <c r="D140" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="E140" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="F140" t="s">
-        <v>42</v>
+        <v>396</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>429</v>
+        <v>414</v>
       </c>
       <c r="H140" t="s">
-        <v>430</v>
+        <v>415</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>431</v>
+        <v>53</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>432</v>
+        <v>16</v>
       </c>
       <c r="D141" t="s">
-        <v>388</v>
+        <v>416</v>
       </c>
       <c r="E141" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>417</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>433</v>
+        <v>418</v>
       </c>
       <c r="H141" t="s">
-        <v>434</v>
+        <v>419</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>435</v>
+        <v>48</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>436</v>
+        <v>29</v>
       </c>
       <c r="D142" t="s">
-        <v>388</v>
+        <v>420</v>
       </c>
       <c r="E142" t="s">
-        <v>389</v>
+        <v>421</v>
       </c>
       <c r="F142" t="s">
         <v>42</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>437</v>
+        <v>422</v>
       </c>
       <c r="H142" t="s">
-        <v>438</v>
+        <v>423</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>439</v>
+        <v>245</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>440</v>
+        <v>38</v>
       </c>
       <c r="D143" t="s">
-        <v>388</v>
+        <v>420</v>
       </c>
       <c r="E143" t="s">
-        <v>389</v>
+        <v>421</v>
       </c>
       <c r="F143" t="s">
         <v>42</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>441</v>
+        <v>424</v>
       </c>
       <c r="H143" t="s">
-        <v>442</v>
+        <v>425</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>443</v>
+        <v>426</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>444</v>
+        <v>41</v>
       </c>
       <c r="D144" t="s">
-        <v>388</v>
+        <v>420</v>
       </c>
       <c r="E144" t="s">
-        <v>389</v>
+        <v>421</v>
       </c>
       <c r="F144" t="s">
         <v>42</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>445</v>
+        <v>427</v>
       </c>
       <c r="H144" t="s">
-        <v>446</v>
+        <v>428</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>109</v>
+        <v>429</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>88</v>
+        <v>151</v>
       </c>
       <c r="D145" t="s">
-        <v>447</v>
+        <v>420</v>
       </c>
       <c r="E145" t="s">
-        <v>448</v>
+        <v>421</v>
       </c>
       <c r="F145" t="s">
-        <v>135</v>
+        <v>42</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>449</v>
+        <v>430</v>
       </c>
       <c r="H145" t="s">
-        <v>450</v>
+        <v>431</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>112</v>
+        <v>432</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>94</v>
+        <v>45</v>
       </c>
       <c r="D146" t="s">
-        <v>447</v>
+        <v>420</v>
       </c>
       <c r="E146" t="s">
-        <v>448</v>
+        <v>421</v>
       </c>
       <c r="F146" t="s">
-        <v>451</v>
+        <v>42</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>452</v>
+        <v>433</v>
       </c>
       <c r="H146" t="s">
-        <v>453</v>
+        <v>434</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>115</v>
+        <v>435</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="D147" t="s">
-        <v>447</v>
+        <v>420</v>
       </c>
       <c r="E147" t="s">
-        <v>448</v>
+        <v>421</v>
       </c>
       <c r="F147" t="s">
-        <v>454</v>
+        <v>42</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>455</v>
+        <v>436</v>
       </c>
       <c r="H147" t="s">
-        <v>456</v>
+        <v>437</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>245</v>
+        <v>438</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="D148" t="s">
-        <v>447</v>
+        <v>420</v>
       </c>
       <c r="E148" t="s">
-        <v>448</v>
+        <v>421</v>
       </c>
       <c r="F148" t="s">
-        <v>457</v>
+        <v>42</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>458</v>
+        <v>439</v>
       </c>
       <c r="H148" t="s">
-        <v>459</v>
+        <v>440</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>460</v>
+        <v>441</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>103</v>
+        <v>53</v>
       </c>
       <c r="D149" t="s">
-        <v>447</v>
+        <v>420</v>
       </c>
       <c r="E149" t="s">
-        <v>448</v>
+        <v>421</v>
       </c>
       <c r="F149" t="s">
-        <v>457</v>
+        <v>42</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>461</v>
+        <v>442</v>
       </c>
       <c r="H149" t="s">
-        <v>462</v>
+        <v>443</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>463</v>
+        <v>444</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>106</v>
+        <v>56</v>
       </c>
       <c r="D150" t="s">
-        <v>447</v>
+        <v>420</v>
       </c>
       <c r="E150" t="s">
-        <v>448</v>
+        <v>421</v>
       </c>
       <c r="F150" t="s">
-        <v>451</v>
+        <v>42</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>464</v>
+        <v>445</v>
       </c>
       <c r="H150" t="s">
-        <v>465</v>
+        <v>446</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>466</v>
+        <v>447</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D151" t="s">
-        <v>447</v>
+        <v>420</v>
       </c>
       <c r="E151" t="s">
+        <v>421</v>
+      </c>
+      <c r="F151" t="s">
+        <v>42</v>
+      </c>
+      <c r="G151" s="1" t="s">
         <v>448</v>
       </c>
-      <c r="F151" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H151" t="s">
-        <v>468</v>
+        <v>449</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>469</v>
+        <v>450</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>112</v>
+        <v>61</v>
       </c>
       <c r="D152" t="s">
-        <v>447</v>
+        <v>420</v>
       </c>
       <c r="E152" t="s">
-        <v>448</v>
+        <v>421</v>
       </c>
       <c r="F152" t="s">
-        <v>470</v>
+        <v>42</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>471</v>
+        <v>451</v>
       </c>
       <c r="H152" t="s">
-        <v>472</v>
+        <v>452</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>473</v>
+        <v>453</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>115</v>
+        <v>64</v>
       </c>
       <c r="D153" t="s">
-        <v>447</v>
+        <v>420</v>
       </c>
       <c r="E153" t="s">
-        <v>448</v>
+        <v>421</v>
       </c>
       <c r="F153" t="s">
-        <v>474</v>
+        <v>42</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>475</v>
+        <v>454</v>
       </c>
       <c r="H153" t="s">
-        <v>476</v>
+        <v>455</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>477</v>
+        <v>56</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>118</v>
+        <v>53</v>
       </c>
       <c r="D154" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="E154" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="F154" t="s">
-        <v>478</v>
+        <v>42</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>479</v>
+        <v>458</v>
       </c>
       <c r="H154" t="s">
-        <v>480</v>
+        <v>459</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>481</v>
+        <v>460</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>18</v>
+        <v>91</v>
       </c>
       <c r="D155" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="E155" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="F155" t="s">
-        <v>474</v>
+        <v>42</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>482</v>
+        <v>461</v>
       </c>
       <c r="H155" t="s">
-        <v>483</v>
+        <v>462</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>484</v>
+        <v>463</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>21</v>
+        <v>94</v>
       </c>
       <c r="D156" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="E156" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="F156" t="s">
-        <v>485</v>
+        <v>42</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>486</v>
+        <v>464</v>
       </c>
       <c r="H156" t="s">
-        <v>487</v>
+        <v>465</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>488</v>
+        <v>466</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>428</v>
+        <v>97</v>
       </c>
       <c r="D157" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="E157" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="F157" t="s">
-        <v>454</v>
+        <v>42</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>489</v>
+        <v>467</v>
       </c>
       <c r="H157" t="s">
-        <v>490</v>
+        <v>468</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>491</v>
+        <v>469</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>432</v>
+        <v>100</v>
       </c>
       <c r="D158" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="E158" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="F158" t="s">
+        <v>42</v>
+      </c>
+      <c r="G158" s="1" t="s">
         <v>470</v>
       </c>
-      <c r="G158" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H158" t="s">
-        <v>274</v>
+        <v>471</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>493</v>
+        <v>472</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>436</v>
+        <v>103</v>
       </c>
       <c r="D159" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="E159" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="F159" t="s">
-        <v>454</v>
+        <v>42</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>494</v>
+        <v>473</v>
       </c>
       <c r="H159" t="s">
-        <v>495</v>
+        <v>474</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>496</v>
+        <v>475</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>440</v>
+        <v>106</v>
       </c>
       <c r="D160" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="E160" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="F160" t="s">
-        <v>478</v>
+        <v>42</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>497</v>
+        <v>476</v>
       </c>
       <c r="H160" t="s">
-        <v>498</v>
+        <v>477</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>499</v>
+        <v>478</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>444</v>
+        <v>197</v>
       </c>
       <c r="D161" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="E161" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="F161" t="s">
-        <v>454</v>
+        <v>42</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="H161" t="s">
-        <v>501</v>
+        <v>477</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>502</v>
+        <v>480</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>503</v>
+        <v>109</v>
       </c>
       <c r="D162" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="E162" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="F162" t="s">
-        <v>454</v>
+        <v>42</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>504</v>
+        <v>481</v>
       </c>
       <c r="H162" t="s">
-        <v>505</v>
+        <v>482</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>506</v>
+        <v>483</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>507</v>
+        <v>112</v>
       </c>
       <c r="D163" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="E163" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="F163" t="s">
-        <v>454</v>
+        <v>42</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>508</v>
+        <v>484</v>
       </c>
       <c r="H163" t="s">
-        <v>509</v>
+        <v>485</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>510</v>
+        <v>486</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>19</v>
+        <v>115</v>
       </c>
       <c r="D164" t="s">
-        <v>511</v>
+        <v>456</v>
       </c>
       <c r="E164" t="s">
-        <v>512</v>
+        <v>457</v>
       </c>
       <c r="F164" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>513</v>
+        <v>487</v>
       </c>
       <c r="H164" t="s">
-        <v>514</v>
+        <v>488</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>515</v>
+        <v>489</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D165" t="s">
-        <v>511</v>
+        <v>456</v>
       </c>
       <c r="E165" t="s">
-        <v>512</v>
+        <v>457</v>
       </c>
       <c r="F165" t="s">
-        <v>516</v>
+        <v>42</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>517</v>
+        <v>490</v>
       </c>
       <c r="H165" t="s">
-        <v>518</v>
+        <v>491</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>519</v>
+        <v>492</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D166" t="s">
-        <v>511</v>
+        <v>456</v>
       </c>
       <c r="E166" t="s">
-        <v>512</v>
+        <v>457</v>
       </c>
       <c r="F166" t="s">
-        <v>516</v>
+        <v>42</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>520</v>
+        <v>493</v>
       </c>
       <c r="H166" t="s">
-        <v>521</v>
+        <v>494</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>522</v>
+        <v>495</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>29</v>
+        <v>122</v>
       </c>
       <c r="D167" t="s">
-        <v>511</v>
+        <v>456</v>
       </c>
       <c r="E167" t="s">
-        <v>512</v>
+        <v>457</v>
       </c>
       <c r="F167" t="s">
-        <v>478</v>
+        <v>42</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>523</v>
+        <v>496</v>
       </c>
       <c r="H167" t="s">
-        <v>524</v>
+        <v>497</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>525</v>
+        <v>498</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>32</v>
+        <v>125</v>
       </c>
       <c r="D168" t="s">
-        <v>511</v>
+        <v>456</v>
       </c>
       <c r="E168" t="s">
-        <v>512</v>
+        <v>457</v>
       </c>
       <c r="F168" t="s">
-        <v>478</v>
+        <v>42</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>526</v>
+        <v>499</v>
       </c>
       <c r="H168" t="s">
-        <v>527</v>
+        <v>500</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>528</v>
+        <v>501</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>10</v>
+        <v>128</v>
       </c>
       <c r="D169" t="s">
-        <v>529</v>
+        <v>456</v>
       </c>
       <c r="E169" t="s">
-        <v>530</v>
+        <v>457</v>
       </c>
       <c r="F169" t="s">
-        <v>457</v>
+        <v>42</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>531</v>
+        <v>502</v>
       </c>
       <c r="H169" t="s">
-        <v>532</v>
+        <v>503</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>533</v>
+        <v>504</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>112</v>
+        <v>505</v>
       </c>
       <c r="D170" t="s">
-        <v>529</v>
+        <v>456</v>
       </c>
       <c r="E170" t="s">
-        <v>530</v>
+        <v>457</v>
       </c>
       <c r="F170" t="s">
         <v>42</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>534</v>
+        <v>506</v>
       </c>
       <c r="H170" t="s">
-        <v>535</v>
+        <v>507</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>428</v>
+        <v>508</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>10</v>
+        <v>509</v>
       </c>
       <c r="D171" t="s">
-        <v>536</v>
+        <v>456</v>
       </c>
       <c r="E171" t="s">
-        <v>537</v>
+        <v>457</v>
+      </c>
+      <c r="F171" t="s">
+        <v>42</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>13</v>
+        <v>510</v>
       </c>
       <c r="H171" t="s">
-        <v>538</v>
+        <v>511</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>264</v>
+        <v>512</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>16</v>
+        <v>513</v>
       </c>
       <c r="D172" t="s">
-        <v>536</v>
+        <v>456</v>
       </c>
       <c r="E172" t="s">
-        <v>537</v>
+        <v>457</v>
+      </c>
+      <c r="F172" t="s">
+        <v>42</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>13</v>
+        <v>514</v>
       </c>
       <c r="H172" t="s">
-        <v>539</v>
+        <v>515</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>268</v>
+        <v>197</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="D173" t="s">
-        <v>536</v>
+        <v>516</v>
       </c>
       <c r="E173" t="s">
-        <v>537</v>
+        <v>517</v>
+      </c>
+      <c r="F173" t="s">
+        <v>141</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>13</v>
+        <v>518</v>
       </c>
       <c r="H173" t="s">
-        <v>540</v>
+        <v>519</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>541</v>
+        <v>109</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>22</v>
+        <v>94</v>
       </c>
       <c r="D174" t="s">
-        <v>536</v>
+        <v>516</v>
       </c>
       <c r="E174" t="s">
-        <v>537</v>
+        <v>517</v>
+      </c>
+      <c r="F174" t="s">
+        <v>520</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>13</v>
+        <v>521</v>
       </c>
       <c r="H174" t="s">
-        <v>542</v>
+        <v>522</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>543</v>
+        <v>112</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>25</v>
+        <v>97</v>
       </c>
       <c r="D175" t="s">
-        <v>536</v>
+        <v>516</v>
       </c>
       <c r="E175" t="s">
-        <v>537</v>
+        <v>517</v>
+      </c>
+      <c r="F175" t="s">
+        <v>523</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>13</v>
+        <v>524</v>
       </c>
       <c r="H175" t="s">
-        <v>544</v>
+        <v>525</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>545</v>
+        <v>264</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="D176" t="s">
-        <v>536</v>
+        <v>516</v>
       </c>
       <c r="E176" t="s">
-        <v>537</v>
+        <v>517</v>
+      </c>
+      <c r="F176" t="s">
+        <v>526</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>13</v>
+        <v>527</v>
       </c>
       <c r="H176" t="s">
-        <v>546</v>
+        <v>528</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>547</v>
+        <v>346</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>32</v>
+        <v>103</v>
       </c>
       <c r="D177" t="s">
-        <v>536</v>
+        <v>516</v>
       </c>
       <c r="E177" t="s">
-        <v>537</v>
+        <v>517</v>
+      </c>
+      <c r="F177" t="s">
+        <v>526</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>13</v>
+        <v>529</v>
       </c>
       <c r="H177" t="s">
-        <v>548</v>
+        <v>530</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>549</v>
+        <v>531</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>35</v>
+        <v>106</v>
       </c>
       <c r="D178" t="s">
-        <v>536</v>
+        <v>516</v>
       </c>
       <c r="E178" t="s">
-        <v>537</v>
+        <v>517</v>
+      </c>
+      <c r="F178" t="s">
+        <v>520</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>13</v>
+        <v>532</v>
       </c>
       <c r="H178" t="s">
-        <v>550</v>
+        <v>533</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>551</v>
+        <v>534</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>38</v>
+        <v>197</v>
       </c>
       <c r="D179" t="s">
+        <v>516</v>
+      </c>
+      <c r="E179" t="s">
+        <v>517</v>
+      </c>
+      <c r="F179" t="s">
+        <v>526</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="H179" t="s">
         <v>536</v>
-      </c>
-[...7 lines deleted...]
-        <v>552</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>553</v>
+        <v>537</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>41</v>
+        <v>109</v>
       </c>
       <c r="D180" t="s">
-        <v>536</v>
+        <v>516</v>
       </c>
       <c r="E180" t="s">
-        <v>537</v>
+        <v>517</v>
+      </c>
+      <c r="F180" t="s">
+        <v>538</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>13</v>
+        <v>539</v>
       </c>
       <c r="H180" t="s">
-        <v>554</v>
+        <v>540</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>555</v>
+        <v>541</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>145</v>
+        <v>112</v>
       </c>
       <c r="D181" t="s">
-        <v>536</v>
+        <v>516</v>
       </c>
       <c r="E181" t="s">
-        <v>537</v>
+        <v>517</v>
+      </c>
+      <c r="F181" t="s">
+        <v>542</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>13</v>
+        <v>543</v>
       </c>
       <c r="H181" t="s">
-        <v>556</v>
+        <v>544</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>557</v>
+        <v>545</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>45</v>
+        <v>115</v>
       </c>
       <c r="D182" t="s">
-        <v>536</v>
+        <v>516</v>
       </c>
       <c r="E182" t="s">
-        <v>537</v>
+        <v>517</v>
+      </c>
+      <c r="F182" t="s">
+        <v>546</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>13</v>
+        <v>547</v>
       </c>
       <c r="H182" t="s">
-        <v>558</v>
+        <v>548</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>559</v>
+        <v>549</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="D183" t="s">
-        <v>536</v>
+        <v>516</v>
       </c>
       <c r="E183" t="s">
-        <v>537</v>
+        <v>517</v>
+      </c>
+      <c r="F183" t="s">
+        <v>542</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>13</v>
+        <v>550</v>
       </c>
       <c r="H183" t="s">
-        <v>560</v>
+        <v>551</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>561</v>
+        <v>552</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="D184" t="s">
-        <v>536</v>
+        <v>516</v>
       </c>
       <c r="E184" t="s">
-        <v>537</v>
+        <v>517</v>
+      </c>
+      <c r="F184" t="s">
+        <v>553</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>13</v>
+        <v>554</v>
       </c>
       <c r="H184" t="s">
-        <v>562</v>
+        <v>555</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>563</v>
+        <v>556</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>53</v>
+        <v>122</v>
       </c>
       <c r="D185" t="s">
-        <v>536</v>
+        <v>516</v>
       </c>
       <c r="E185" t="s">
-        <v>537</v>
+        <v>517</v>
+      </c>
+      <c r="F185" t="s">
+        <v>523</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>13</v>
+        <v>557</v>
       </c>
       <c r="H185" t="s">
-        <v>564</v>
+        <v>558</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>565</v>
+        <v>559</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>56</v>
+        <v>125</v>
       </c>
       <c r="D186" t="s">
-        <v>536</v>
+        <v>516</v>
       </c>
       <c r="E186" t="s">
-        <v>537</v>
+        <v>517</v>
+      </c>
+      <c r="F186" t="s">
+        <v>538</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>13</v>
+        <v>560</v>
       </c>
       <c r="H186" t="s">
-        <v>566</v>
+        <v>293</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>567</v>
+        <v>561</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>15</v>
+        <v>128</v>
       </c>
       <c r="D187" t="s">
-        <v>536</v>
+        <v>516</v>
       </c>
       <c r="E187" t="s">
-        <v>537</v>
+        <v>517</v>
+      </c>
+      <c r="F187" t="s">
+        <v>523</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>13</v>
+        <v>562</v>
       </c>
       <c r="H187" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>569</v>
+        <v>564</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>61</v>
+        <v>505</v>
       </c>
       <c r="D188" t="s">
-        <v>536</v>
+        <v>516</v>
       </c>
       <c r="E188" t="s">
-        <v>537</v>
+        <v>517</v>
+      </c>
+      <c r="F188" t="s">
+        <v>546</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>13</v>
+        <v>565</v>
       </c>
       <c r="H188" t="s">
-        <v>570</v>
+        <v>566</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>571</v>
+        <v>567</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>64</v>
+        <v>509</v>
       </c>
       <c r="D189" t="s">
-        <v>536</v>
+        <v>516</v>
       </c>
       <c r="E189" t="s">
-        <v>537</v>
+        <v>517</v>
+      </c>
+      <c r="F189" t="s">
+        <v>523</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>13</v>
+        <v>568</v>
       </c>
       <c r="H189" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>32</v>
+        <v>513</v>
       </c>
       <c r="D190" t="s">
-        <v>574</v>
+        <v>516</v>
       </c>
       <c r="E190" t="s">
-        <v>575</v>
+        <v>517</v>
       </c>
       <c r="F190" t="s">
-        <v>451</v>
+        <v>523</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>576</v>
+        <v>571</v>
       </c>
       <c r="H190" t="s">
-        <v>577</v>
+        <v>572</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>578</v>
+        <v>573</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>35</v>
+        <v>574</v>
       </c>
       <c r="D191" t="s">
-        <v>574</v>
+        <v>516</v>
       </c>
       <c r="E191" t="s">
+        <v>517</v>
+      </c>
+      <c r="F191" t="s">
+        <v>523</v>
+      </c>
+      <c r="G191" s="1" t="s">
         <v>575</v>
       </c>
-      <c r="F191" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H191" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>38</v>
+        <v>578</v>
       </c>
       <c r="D192" t="s">
-        <v>574</v>
+        <v>516</v>
       </c>
       <c r="E192" t="s">
-        <v>575</v>
+        <v>517</v>
       </c>
       <c r="F192" t="s">
-        <v>198</v>
+        <v>553</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="H192" t="s">
-        <v>583</v>
+        <v>580</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
+        <v>581</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>19</v>
+      </c>
+      <c r="D193" t="s">
+        <v>582</v>
+      </c>
+      <c r="E193" t="s">
+        <v>583</v>
+      </c>
+      <c r="F193" t="s">
+        <v>26</v>
+      </c>
+      <c r="G193" s="1" t="s">
         <v>584</v>
       </c>
-      <c r="B193" t="s">
-[...5 lines deleted...]
-      <c r="D193" t="s">
+      <c r="H193" t="s">
         <v>585</v>
-      </c>
-[...10 lines deleted...]
-        <v>589</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
       <c r="D194" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="E194" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="F194" t="s">
         <v>587</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>13</v>
+        <v>588</v>
       </c>
       <c r="H194" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
+        <v>590</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>25</v>
+      </c>
+      <c r="D195" t="s">
+        <v>582</v>
+      </c>
+      <c r="E195" t="s">
+        <v>583</v>
+      </c>
+      <c r="F195" t="s">
+        <v>587</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="H195" t="s">
         <v>592</v>
-      </c>
-[...19 lines deleted...]
-        <v>594</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
+        <v>593</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>29</v>
+      </c>
+      <c r="D196" t="s">
+        <v>582</v>
+      </c>
+      <c r="E196" t="s">
+        <v>583</v>
+      </c>
+      <c r="F196" t="s">
+        <v>546</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="H196" t="s">
         <v>595</v>
-      </c>
-[...19 lines deleted...]
-        <v>598</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>76</v>
+        <v>32</v>
       </c>
       <c r="D197" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="E197" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="F197" t="s">
-        <v>198</v>
+        <v>546</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>13</v>
+        <v>597</v>
       </c>
       <c r="H197" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
+        <v>599</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>10</v>
+      </c>
+      <c r="D198" t="s">
+        <v>600</v>
+      </c>
+      <c r="E198" t="s">
         <v>601</v>
       </c>
-      <c r="B198" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F198" t="s">
-        <v>198</v>
+        <v>526</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>602</v>
       </c>
       <c r="H198" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>604</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>82</v>
+        <v>109</v>
       </c>
       <c r="D199" t="s">
-        <v>585</v>
+        <v>600</v>
       </c>
       <c r="E199" t="s">
-        <v>586</v>
+        <v>601</v>
       </c>
       <c r="F199" t="s">
-        <v>198</v>
+        <v>42</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>605</v>
       </c>
       <c r="H199" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>607</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>85</v>
+        <v>122</v>
       </c>
       <c r="D200" t="s">
-        <v>585</v>
+        <v>600</v>
       </c>
       <c r="E200" t="s">
-        <v>586</v>
+        <v>601</v>
       </c>
       <c r="F200" t="s">
-        <v>198</v>
+        <v>42</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>608</v>
       </c>
       <c r="H200" t="s">
-        <v>609</v>
+        <v>497</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
+        <v>122</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>10</v>
+      </c>
+      <c r="D201" t="s">
+        <v>609</v>
+      </c>
+      <c r="E201" t="s">
         <v>610</v>
       </c>
-      <c r="B201" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G201" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H201" t="s">
         <v>611</v>
-      </c>
-[...1 lines deleted...]
-        <v>612</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>613</v>
+        <v>283</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>91</v>
+        <v>16</v>
       </c>
       <c r="D202" t="s">
-        <v>585</v>
+        <v>609</v>
       </c>
       <c r="E202" t="s">
-        <v>586</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>610</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>614</v>
+        <v>13</v>
       </c>
       <c r="H202" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>616</v>
+        <v>287</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="D203" t="s">
-        <v>617</v>
+        <v>609</v>
       </c>
       <c r="E203" t="s">
-        <v>618</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>610</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>619</v>
+        <v>13</v>
       </c>
       <c r="H203" t="s">
-        <v>620</v>
+        <v>613</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>621</v>
+        <v>614</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="D204" t="s">
-        <v>617</v>
+        <v>609</v>
       </c>
       <c r="E204" t="s">
-        <v>618</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>610</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>622</v>
+        <v>13</v>
       </c>
       <c r="H204" t="s">
-        <v>623</v>
+        <v>615</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>624</v>
+        <v>616</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="D205" t="s">
+        <v>609</v>
+      </c>
+      <c r="E205" t="s">
+        <v>610</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H205" t="s">
         <v>617</v>
-      </c>
-[...10 lines deleted...]
-        <v>626</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>627</v>
+        <v>618</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="D206" t="s">
-        <v>628</v>
+        <v>609</v>
       </c>
       <c r="E206" t="s">
-        <v>629</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>610</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>630</v>
+        <v>13</v>
       </c>
       <c r="H206" t="s">
-        <v>631</v>
+        <v>619</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>632</v>
+        <v>620</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>61</v>
+        <v>32</v>
       </c>
       <c r="D207" t="s">
-        <v>633</v>
+        <v>609</v>
       </c>
       <c r="E207" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>470</v>
+        <v>610</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>635</v>
+        <v>13</v>
       </c>
       <c r="H207" t="s">
-        <v>636</v>
+        <v>621</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>637</v>
+        <v>622</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>64</v>
+        <v>35</v>
       </c>
       <c r="D208" t="s">
-        <v>633</v>
+        <v>609</v>
       </c>
       <c r="E208" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>638</v>
+        <v>610</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>639</v>
+        <v>13</v>
       </c>
       <c r="H208" t="s">
-        <v>640</v>
+        <v>623</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>641</v>
+        <v>624</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>162</v>
+        <v>38</v>
       </c>
       <c r="D209" t="s">
-        <v>633</v>
+        <v>609</v>
       </c>
       <c r="E209" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>457</v>
+        <v>610</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>642</v>
+        <v>13</v>
       </c>
       <c r="H209" t="s">
-        <v>643</v>
+        <v>625</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>644</v>
+        <v>626</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
       <c r="D210" t="s">
-        <v>633</v>
+        <v>609</v>
       </c>
       <c r="E210" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>638</v>
+        <v>610</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>645</v>
+        <v>13</v>
       </c>
       <c r="H210" t="s">
-        <v>646</v>
+        <v>627</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>647</v>
+        <v>628</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>70</v>
+        <v>151</v>
       </c>
       <c r="D211" t="s">
-        <v>633</v>
+        <v>609</v>
       </c>
       <c r="E211" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>638</v>
+        <v>610</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>648</v>
+        <v>13</v>
       </c>
       <c r="H211" t="s">
-        <v>649</v>
+        <v>629</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>650</v>
+        <v>630</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>73</v>
+        <v>45</v>
       </c>
       <c r="D212" t="s">
-        <v>633</v>
+        <v>609</v>
       </c>
       <c r="E212" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>587</v>
+        <v>610</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>651</v>
+        <v>13</v>
       </c>
       <c r="H212" t="s">
-        <v>652</v>
+        <v>631</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>653</v>
+        <v>632</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>76</v>
+        <v>48</v>
       </c>
       <c r="D213" t="s">
+        <v>609</v>
+      </c>
+      <c r="E213" t="s">
+        <v>610</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H213" t="s">
         <v>633</v>
-      </c>
-[...10 lines deleted...]
-        <v>652</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>655</v>
+        <v>634</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>79</v>
+        <v>8</v>
       </c>
       <c r="D214" t="s">
-        <v>633</v>
+        <v>609</v>
       </c>
       <c r="E214" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>638</v>
+        <v>610</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>656</v>
+        <v>13</v>
       </c>
       <c r="H214" t="s">
-        <v>657</v>
+        <v>635</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>658</v>
+        <v>636</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>82</v>
+        <v>53</v>
       </c>
       <c r="D215" t="s">
-        <v>633</v>
+        <v>609</v>
       </c>
       <c r="E215" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>659</v>
+        <v>610</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>660</v>
+        <v>13</v>
       </c>
       <c r="H215" t="s">
-        <v>661</v>
+        <v>637</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>145</v>
+        <v>638</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>153</v>
+        <v>56</v>
       </c>
       <c r="D216" t="s">
-        <v>662</v>
+        <v>609</v>
       </c>
       <c r="E216" t="s">
-        <v>663</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>610</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>664</v>
+        <v>13</v>
       </c>
       <c r="H216" t="s">
-        <v>665</v>
+        <v>639</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>45</v>
+        <v>640</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>155</v>
+        <v>15</v>
       </c>
       <c r="D217" t="s">
-        <v>662</v>
+        <v>609</v>
       </c>
       <c r="E217" t="s">
-        <v>663</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>610</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>666</v>
+        <v>13</v>
       </c>
       <c r="H217" t="s">
-        <v>667</v>
+        <v>641</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
+        <v>642</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
         <v>61</v>
       </c>
-      <c r="B218" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D218" t="s">
-        <v>662</v>
+        <v>609</v>
       </c>
       <c r="E218" t="s">
-        <v>663</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>610</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>668</v>
+        <v>13</v>
       </c>
       <c r="H218" t="s">
-        <v>669</v>
+        <v>643</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
+        <v>644</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
         <v>64</v>
       </c>
-      <c r="B219" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D219" t="s">
-        <v>662</v>
+        <v>609</v>
       </c>
       <c r="E219" t="s">
-        <v>663</v>
-[...2 lines deleted...]
-        <v>596</v>
+        <v>610</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>670</v>
+        <v>13</v>
       </c>
       <c r="H219" t="s">
-        <v>671</v>
+        <v>645</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>162</v>
+        <v>646</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>672</v>
+        <v>168</v>
       </c>
       <c r="D220" t="s">
-        <v>662</v>
+        <v>609</v>
       </c>
       <c r="E220" t="s">
-        <v>663</v>
-[...2 lines deleted...]
-        <v>596</v>
+        <v>610</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>673</v>
+        <v>13</v>
       </c>
       <c r="H220" t="s">
-        <v>674</v>
+        <v>647</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>67</v>
+        <v>648</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>418</v>
+        <v>32</v>
       </c>
       <c r="D221" t="s">
-        <v>662</v>
+        <v>649</v>
       </c>
       <c r="E221" t="s">
-        <v>663</v>
+        <v>650</v>
       </c>
       <c r="F221" t="s">
-        <v>454</v>
+        <v>520</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>675</v>
+        <v>651</v>
       </c>
       <c r="H221" t="s">
-        <v>676</v>
+        <v>652</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>70</v>
+        <v>653</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>412</v>
+        <v>35</v>
       </c>
       <c r="D222" t="s">
-        <v>662</v>
+        <v>649</v>
       </c>
       <c r="E222" t="s">
-        <v>663</v>
+        <v>650</v>
       </c>
       <c r="F222" t="s">
-        <v>470</v>
+        <v>217</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>677</v>
+        <v>654</v>
       </c>
       <c r="H222" t="s">
-        <v>678</v>
+        <v>655</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>73</v>
+        <v>656</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>75</v>
+        <v>38</v>
       </c>
       <c r="D223" t="s">
-        <v>662</v>
+        <v>649</v>
       </c>
       <c r="E223" t="s">
-        <v>663</v>
+        <v>650</v>
       </c>
       <c r="F223" t="s">
-        <v>26</v>
+        <v>217</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>679</v>
+        <v>657</v>
       </c>
       <c r="H223" t="s">
-        <v>680</v>
+        <v>658</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>76</v>
+        <v>659</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>159</v>
+        <v>41</v>
       </c>
       <c r="D224" t="s">
-        <v>662</v>
+        <v>649</v>
       </c>
       <c r="E224" t="s">
-        <v>663</v>
+        <v>650</v>
       </c>
       <c r="F224" t="s">
-        <v>26</v>
+        <v>217</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>681</v>
+        <v>13</v>
       </c>
       <c r="H224" t="s">
-        <v>682</v>
+        <v>660</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>79</v>
+        <v>661</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>683</v>
+        <v>151</v>
       </c>
       <c r="D225" t="s">
+        <v>649</v>
+      </c>
+      <c r="E225" t="s">
+        <v>650</v>
+      </c>
+      <c r="F225" t="s">
+        <v>217</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H225" t="s">
         <v>662</v>
-      </c>
-[...10 lines deleted...]
-        <v>685</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>82</v>
+        <v>663</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>686</v>
+        <v>620</v>
       </c>
       <c r="D226" t="s">
-        <v>662</v>
+        <v>649</v>
       </c>
       <c r="E226" t="s">
-        <v>663</v>
+        <v>650</v>
       </c>
       <c r="F226" t="s">
-        <v>474</v>
+        <v>217</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>687</v>
+        <v>13</v>
       </c>
       <c r="H226" t="s">
-        <v>688</v>
+        <v>664</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>85</v>
+        <v>665</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>689</v>
+        <v>168</v>
       </c>
       <c r="D227" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="E227" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="F227" t="s">
-        <v>135</v>
+        <v>668</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>690</v>
+        <v>669</v>
       </c>
       <c r="H227" t="s">
-        <v>691</v>
+        <v>670</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>88</v>
+        <v>671</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>692</v>
+        <v>67</v>
       </c>
       <c r="D228" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="E228" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="F228" t="s">
-        <v>474</v>
+        <v>668</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>693</v>
+        <v>13</v>
       </c>
       <c r="H228" t="s">
-        <v>694</v>
+        <v>672</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>91</v>
+        <v>673</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>695</v>
+        <v>70</v>
       </c>
       <c r="D229" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="E229" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="F229" t="s">
-        <v>135</v>
+        <v>538</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>696</v>
+        <v>674</v>
       </c>
       <c r="H229" t="s">
-        <v>697</v>
+        <v>675</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>94</v>
+        <v>676</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>698</v>
+        <v>73</v>
       </c>
       <c r="D230" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="E230" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="F230" t="s">
-        <v>474</v>
+        <v>677</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>699</v>
+        <v>678</v>
       </c>
       <c r="H230" t="s">
-        <v>700</v>
+        <v>679</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>97</v>
+        <v>680</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>701</v>
+        <v>76</v>
       </c>
       <c r="D231" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="E231" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="F231" t="s">
-        <v>451</v>
+        <v>217</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>702</v>
+        <v>13</v>
       </c>
       <c r="H231" t="s">
-        <v>703</v>
+        <v>681</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>100</v>
+        <v>682</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>655</v>
+        <v>79</v>
       </c>
       <c r="D232" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="E232" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="F232" t="s">
-        <v>451</v>
+        <v>217</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>704</v>
+        <v>683</v>
       </c>
       <c r="H232" t="s">
-        <v>705</v>
+        <v>684</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>103</v>
+        <v>685</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>379</v>
+        <v>82</v>
       </c>
       <c r="D233" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="E233" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="F233" t="s">
-        <v>485</v>
+        <v>217</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>706</v>
+        <v>686</v>
       </c>
       <c r="H233" t="s">
-        <v>707</v>
+        <v>687</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>118</v>
+        <v>688</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>708</v>
+        <v>85</v>
       </c>
       <c r="D234" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="E234" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="F234" t="s">
-        <v>516</v>
+        <v>217</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>709</v>
+        <v>689</v>
       </c>
       <c r="H234" t="s">
-        <v>710</v>
+        <v>690</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>432</v>
+        <v>691</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>711</v>
+        <v>88</v>
       </c>
       <c r="D235" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="E235" t="s">
-        <v>663</v>
-[...2 lines deleted...]
-        <v>457</v>
+        <v>667</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>712</v>
+        <v>692</v>
       </c>
       <c r="H235" t="s">
-        <v>713</v>
+        <v>693</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>436</v>
+        <v>694</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>714</v>
+        <v>91</v>
       </c>
       <c r="D236" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="E236" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="F236" t="s">
-        <v>135</v>
+        <v>217</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>715</v>
+        <v>695</v>
       </c>
       <c r="H236" t="s">
-        <v>716</v>
+        <v>696</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>440</v>
+        <v>697</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>717</v>
+        <v>94</v>
       </c>
       <c r="D237" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="E237" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="F237" t="s">
-        <v>457</v>
+        <v>217</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>718</v>
+        <v>13</v>
       </c>
       <c r="H237" t="s">
-        <v>719</v>
+        <v>698</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>444</v>
+        <v>699</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>720</v>
+        <v>97</v>
       </c>
       <c r="D238" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="E238" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="F238" t="s">
-        <v>457</v>
+        <v>217</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>721</v>
+        <v>13</v>
       </c>
       <c r="H238" t="s">
-        <v>722</v>
+        <v>700</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>503</v>
+        <v>701</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>723</v>
+        <v>100</v>
       </c>
       <c r="D239" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="E239" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="F239" t="s">
-        <v>596</v>
+        <v>217</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>724</v>
+        <v>13</v>
       </c>
       <c r="H239" t="s">
-        <v>725</v>
+        <v>702</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>507</v>
+        <v>703</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>557</v>
+        <v>103</v>
       </c>
       <c r="D240" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="E240" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="F240" t="s">
-        <v>596</v>
+        <v>217</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>726</v>
+        <v>13</v>
       </c>
       <c r="H240" t="s">
-        <v>727</v>
+        <v>704</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>728</v>
+        <v>705</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>259</v>
+        <v>106</v>
       </c>
       <c r="D241" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="E241" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="F241" t="s">
-        <v>596</v>
+        <v>217</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>729</v>
+        <v>13</v>
       </c>
       <c r="H241" t="s">
-        <v>730</v>
+        <v>706</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>731</v>
+        <v>707</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>343</v>
+        <v>10</v>
       </c>
       <c r="D242" t="s">
-        <v>662</v>
+        <v>708</v>
       </c>
       <c r="E242" t="s">
-        <v>663</v>
+        <v>709</v>
       </c>
       <c r="F242" t="s">
-        <v>470</v>
+        <v>26</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>732</v>
+        <v>13</v>
       </c>
       <c r="H242" t="s">
-        <v>733</v>
+        <v>710</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>734</v>
+        <v>711</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>658</v>
+        <v>16</v>
       </c>
       <c r="D243" t="s">
-        <v>662</v>
+        <v>708</v>
       </c>
       <c r="E243" t="s">
-        <v>663</v>
+        <v>709</v>
       </c>
       <c r="F243" t="s">
-        <v>451</v>
+        <v>712</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>735</v>
+        <v>13</v>
       </c>
       <c r="H243" t="s">
-        <v>736</v>
+        <v>713</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>737</v>
+        <v>714</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>738</v>
+        <v>19</v>
       </c>
       <c r="D244" t="s">
-        <v>662</v>
+        <v>708</v>
       </c>
       <c r="E244" t="s">
-        <v>663</v>
+        <v>709</v>
       </c>
       <c r="F244" t="s">
-        <v>26</v>
+        <v>668</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>739</v>
+        <v>13</v>
       </c>
       <c r="H244" t="s">
-        <v>740</v>
+        <v>715</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>741</v>
+        <v>716</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="D245" t="s">
-        <v>662</v>
+        <v>708</v>
       </c>
       <c r="E245" t="s">
-        <v>663</v>
+        <v>709</v>
       </c>
       <c r="F245" t="s">
-        <v>26</v>
+        <v>677</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>742</v>
+        <v>13</v>
       </c>
       <c r="H245" t="s">
-        <v>743</v>
+        <v>717</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>195</v>
+        <v>718</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>161</v>
+        <v>25</v>
       </c>
       <c r="D246" t="s">
-        <v>662</v>
+        <v>708</v>
       </c>
       <c r="E246" t="s">
-        <v>663</v>
+        <v>709</v>
       </c>
       <c r="F246" t="s">
-        <v>26</v>
+        <v>520</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>744</v>
+        <v>13</v>
       </c>
       <c r="H246" t="s">
-        <v>745</v>
+        <v>719</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>202</v>
+        <v>720</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>533</v>
+        <v>29</v>
       </c>
       <c r="D247" t="s">
-        <v>662</v>
+        <v>708</v>
       </c>
       <c r="E247" t="s">
-        <v>663</v>
+        <v>709</v>
       </c>
       <c r="F247" t="s">
-        <v>451</v>
+        <v>553</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>746</v>
+        <v>13</v>
       </c>
       <c r="H247" t="s">
-        <v>747</v>
+        <v>721</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>206</v>
+        <v>722</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>424</v>
+        <v>32</v>
       </c>
       <c r="D248" t="s">
-        <v>662</v>
+        <v>708</v>
       </c>
       <c r="E248" t="s">
-        <v>663</v>
+        <v>709</v>
       </c>
       <c r="F248" t="s">
-        <v>451</v>
+        <v>723</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>748</v>
+        <v>13</v>
       </c>
       <c r="H248" t="s">
-        <v>749</v>
+        <v>724</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>210</v>
+        <v>725</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>81</v>
+        <v>35</v>
       </c>
       <c r="D249" t="s">
-        <v>662</v>
+        <v>708</v>
       </c>
       <c r="E249" t="s">
-        <v>663</v>
+        <v>709</v>
       </c>
       <c r="F249" t="s">
-        <v>457</v>
+        <v>523</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>750</v>
+        <v>13</v>
       </c>
       <c r="H249" t="s">
-        <v>751</v>
+        <v>726</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>214</v>
+        <v>727</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>164</v>
+        <v>38</v>
       </c>
       <c r="D250" t="s">
-        <v>662</v>
+        <v>708</v>
       </c>
       <c r="E250" t="s">
-        <v>663</v>
+        <v>709</v>
       </c>
       <c r="F250" t="s">
-        <v>457</v>
+        <v>141</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>752</v>
+        <v>13</v>
       </c>
       <c r="H250" t="s">
-        <v>753</v>
+        <v>728</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>218</v>
+        <v>729</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>488</v>
+        <v>41</v>
       </c>
       <c r="D251" t="s">
-        <v>662</v>
+        <v>708</v>
       </c>
       <c r="E251" t="s">
-        <v>663</v>
+        <v>709</v>
       </c>
       <c r="F251" t="s">
-        <v>457</v>
+        <v>538</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>754</v>
+        <v>13</v>
       </c>
       <c r="H251" t="s">
-        <v>755</v>
+        <v>730</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>222</v>
+        <v>731</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>522</v>
+        <v>151</v>
       </c>
       <c r="D252" t="s">
-        <v>662</v>
+        <v>708</v>
       </c>
       <c r="E252" t="s">
-        <v>663</v>
+        <v>709</v>
       </c>
       <c r="F252" t="s">
-        <v>457</v>
+        <v>587</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>756</v>
+        <v>13</v>
       </c>
       <c r="H252" t="s">
-        <v>757</v>
+        <v>732</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>230</v>
+        <v>733</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>758</v>
+        <v>45</v>
       </c>
       <c r="D253" t="s">
-        <v>662</v>
+        <v>708</v>
       </c>
       <c r="E253" t="s">
-        <v>663</v>
+        <v>709</v>
       </c>
       <c r="F253" t="s">
-        <v>135</v>
+        <v>542</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>759</v>
+        <v>13</v>
       </c>
       <c r="H253" t="s">
-        <v>760</v>
+        <v>734</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>241</v>
+        <v>735</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>761</v>
+        <v>48</v>
       </c>
       <c r="D254" t="s">
-        <v>662</v>
+        <v>708</v>
       </c>
       <c r="E254" t="s">
-        <v>663</v>
+        <v>709</v>
       </c>
       <c r="F254" t="s">
-        <v>638</v>
+        <v>526</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>762</v>
+        <v>13</v>
       </c>
       <c r="H254" t="s">
-        <v>763</v>
+        <v>736</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>249</v>
+        <v>737</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>764</v>
+        <v>32</v>
       </c>
       <c r="D255" t="s">
-        <v>662</v>
+        <v>738</v>
       </c>
       <c r="E255" t="s">
-        <v>663</v>
+        <v>739</v>
       </c>
       <c r="F255" t="s">
-        <v>596</v>
+        <v>217</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>765</v>
+        <v>13</v>
       </c>
       <c r="H255" t="s">
-        <v>766</v>
+        <v>740</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>252</v>
+        <v>741</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>767</v>
+        <v>32</v>
       </c>
       <c r="D256" t="s">
-        <v>662</v>
+        <v>742</v>
       </c>
       <c r="E256" t="s">
-        <v>663</v>
+        <v>743</v>
       </c>
       <c r="F256" t="s">
-        <v>596</v>
+        <v>42</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>768</v>
+        <v>744</v>
       </c>
       <c r="H256" t="s">
-        <v>769</v>
+        <v>745</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>256</v>
+        <v>746</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>770</v>
+        <v>35</v>
       </c>
       <c r="D257" t="s">
-        <v>662</v>
+        <v>742</v>
       </c>
       <c r="E257" t="s">
-        <v>663</v>
+        <v>743</v>
       </c>
       <c r="F257" t="s">
-        <v>454</v>
+        <v>42</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>771</v>
+        <v>747</v>
       </c>
       <c r="H257" t="s">
-        <v>772</v>
+        <v>748</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>260</v>
+        <v>749</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>773</v>
+        <v>38</v>
       </c>
       <c r="D258" t="s">
-        <v>662</v>
+        <v>742</v>
       </c>
       <c r="E258" t="s">
-        <v>663</v>
+        <v>743</v>
       </c>
       <c r="F258" t="s">
-        <v>454</v>
+        <v>42</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>774</v>
+        <v>750</v>
       </c>
       <c r="H258" t="s">
-        <v>775</v>
+        <v>751</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>272</v>
+        <v>752</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>776</v>
+        <v>10</v>
       </c>
       <c r="D259" t="s">
-        <v>662</v>
+        <v>753</v>
       </c>
       <c r="E259" t="s">
-        <v>663</v>
+        <v>754</v>
       </c>
       <c r="F259" t="s">
-        <v>457</v>
+        <v>42</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>777</v>
+        <v>755</v>
       </c>
       <c r="H259" t="s">
-        <v>778</v>
+        <v>756</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>276</v>
+        <v>757</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>779</v>
+        <v>61</v>
       </c>
       <c r="D260" t="s">
-        <v>662</v>
+        <v>758</v>
       </c>
       <c r="E260" t="s">
-        <v>663</v>
+        <v>759</v>
       </c>
       <c r="F260" t="s">
-        <v>457</v>
+        <v>538</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>780</v>
+        <v>760</v>
       </c>
       <c r="H260" t="s">
-        <v>781</v>
+        <v>761</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>280</v>
+        <v>762</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>782</v>
+        <v>64</v>
       </c>
       <c r="D261" t="s">
-        <v>662</v>
+        <v>758</v>
       </c>
       <c r="E261" t="s">
-        <v>663</v>
+        <v>759</v>
       </c>
       <c r="F261" t="s">
-        <v>516</v>
+        <v>712</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>783</v>
+        <v>763</v>
       </c>
       <c r="H261" t="s">
-        <v>784</v>
+        <v>764</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>284</v>
+        <v>765</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>785</v>
+        <v>168</v>
       </c>
       <c r="D262" t="s">
-        <v>662</v>
+        <v>758</v>
       </c>
       <c r="E262" t="s">
-        <v>663</v>
+        <v>759</v>
       </c>
       <c r="F262" t="s">
-        <v>457</v>
+        <v>526</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>786</v>
+        <v>766</v>
       </c>
       <c r="H262" t="s">
-        <v>787</v>
+        <v>767</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>288</v>
+        <v>768</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>385</v>
+        <v>67</v>
       </c>
       <c r="D263" t="s">
-        <v>662</v>
+        <v>758</v>
       </c>
       <c r="E263" t="s">
-        <v>663</v>
+        <v>759</v>
       </c>
       <c r="F263" t="s">
-        <v>457</v>
+        <v>712</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>788</v>
+        <v>769</v>
       </c>
       <c r="H263" t="s">
-        <v>789</v>
+        <v>770</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>292</v>
+        <v>771</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>491</v>
+        <v>70</v>
       </c>
       <c r="D264" t="s">
-        <v>662</v>
+        <v>758</v>
       </c>
       <c r="E264" t="s">
-        <v>663</v>
+        <v>759</v>
       </c>
       <c r="F264" t="s">
-        <v>26</v>
+        <v>712</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>790</v>
+        <v>772</v>
       </c>
       <c r="H264" t="s">
-        <v>791</v>
+        <v>773</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>296</v>
+        <v>774</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>792</v>
+        <v>73</v>
       </c>
       <c r="D265" t="s">
-        <v>662</v>
+        <v>758</v>
       </c>
       <c r="E265" t="s">
-        <v>663</v>
+        <v>759</v>
       </c>
       <c r="F265" t="s">
-        <v>516</v>
+        <v>668</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>793</v>
+        <v>775</v>
       </c>
       <c r="H265" t="s">
-        <v>794</v>
+        <v>776</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>795</v>
+        <v>777</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>796</v>
+        <v>76</v>
       </c>
       <c r="D266" t="s">
-        <v>662</v>
+        <v>758</v>
       </c>
       <c r="E266" t="s">
-        <v>663</v>
+        <v>759</v>
       </c>
       <c r="F266" t="s">
-        <v>26</v>
+        <v>668</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>797</v>
+        <v>778</v>
       </c>
       <c r="H266" t="s">
-        <v>798</v>
+        <v>776</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>799</v>
+        <v>779</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>800</v>
+        <v>79</v>
       </c>
       <c r="D267" t="s">
-        <v>662</v>
+        <v>758</v>
       </c>
       <c r="E267" t="s">
-        <v>663</v>
+        <v>759</v>
       </c>
       <c r="F267" t="s">
-        <v>485</v>
+        <v>712</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>801</v>
+        <v>780</v>
       </c>
       <c r="H267" t="s">
-        <v>802</v>
+        <v>781</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>803</v>
+        <v>782</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>804</v>
+        <v>82</v>
       </c>
       <c r="D268" t="s">
-        <v>662</v>
+        <v>758</v>
       </c>
       <c r="E268" t="s">
-        <v>663</v>
+        <v>759</v>
       </c>
       <c r="F268" t="s">
-        <v>474</v>
+        <v>723</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>805</v>
+        <v>783</v>
       </c>
       <c r="H268" t="s">
-        <v>806</v>
+        <v>784</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>807</v>
+        <v>785</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>559</v>
+        <v>85</v>
       </c>
       <c r="D269" t="s">
-        <v>662</v>
+        <v>758</v>
       </c>
       <c r="E269" t="s">
-        <v>663</v>
+        <v>759</v>
       </c>
       <c r="F269" t="s">
-        <v>474</v>
+        <v>526</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>808</v>
+        <v>786</v>
       </c>
       <c r="H269" t="s">
-        <v>809</v>
+        <v>787</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>810</v>
+        <v>788</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>166</v>
+        <v>88</v>
       </c>
       <c r="D270" t="s">
-        <v>662</v>
+        <v>758</v>
       </c>
       <c r="E270" t="s">
-        <v>663</v>
+        <v>759</v>
       </c>
       <c r="F270" t="s">
-        <v>457</v>
+        <v>723</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>811</v>
+        <v>789</v>
       </c>
       <c r="H270" t="s">
-        <v>812</v>
+        <v>790</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>813</v>
+        <v>791</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="D271" t="s">
-        <v>662</v>
+        <v>758</v>
       </c>
       <c r="E271" t="s">
-        <v>663</v>
-[...2 lines deleted...]
-        <v>457</v>
+        <v>759</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>814</v>
+        <v>13</v>
       </c>
       <c r="H271" t="s">
-        <v>815</v>
+        <v>792</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>816</v>
+        <v>151</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>168</v>
+        <v>159</v>
       </c>
       <c r="D272" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E272" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F272" t="s">
-        <v>457</v>
+        <v>141</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>817</v>
+        <v>795</v>
       </c>
       <c r="H272" t="s">
-        <v>818</v>
+        <v>796</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>819</v>
+        <v>45</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>427</v>
+        <v>161</v>
       </c>
       <c r="D273" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E273" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F273" t="s">
-        <v>457</v>
+        <v>141</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>820</v>
+        <v>797</v>
       </c>
       <c r="H273" t="s">
-        <v>821</v>
+        <v>798</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>822</v>
+        <v>61</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>823</v>
+        <v>72</v>
       </c>
       <c r="D274" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E274" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F274" t="s">
-        <v>26</v>
+        <v>141</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>824</v>
+        <v>799</v>
       </c>
       <c r="H274" t="s">
-        <v>825</v>
+        <v>800</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>826</v>
+        <v>64</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>263</v>
+        <v>163</v>
       </c>
       <c r="D275" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E275" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F275" t="s">
-        <v>485</v>
+        <v>677</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>827</v>
+        <v>801</v>
       </c>
       <c r="H275" t="s">
-        <v>828</v>
+        <v>802</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>829</v>
+        <v>168</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>345</v>
+        <v>803</v>
       </c>
       <c r="D276" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E276" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F276" t="s">
-        <v>26</v>
+        <v>677</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>830</v>
+        <v>804</v>
       </c>
       <c r="H276" t="s">
-        <v>831</v>
+        <v>805</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>832</v>
+        <v>67</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>604</v>
+        <v>486</v>
       </c>
       <c r="D277" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E277" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F277" t="s">
-        <v>26</v>
+        <v>523</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>833</v>
+        <v>806</v>
       </c>
       <c r="H277" t="s">
-        <v>834</v>
+        <v>807</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>835</v>
+        <v>70</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>267</v>
+        <v>480</v>
       </c>
       <c r="D278" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E278" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F278" t="s">
-        <v>26</v>
+        <v>538</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>836</v>
+        <v>808</v>
       </c>
       <c r="H278" t="s">
-        <v>837</v>
+        <v>809</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>838</v>
+        <v>73</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>382</v>
+        <v>75</v>
       </c>
       <c r="D279" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E279" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F279" t="s">
-        <v>596</v>
+        <v>26</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>839</v>
+        <v>810</v>
       </c>
       <c r="H279" t="s">
-        <v>840</v>
+        <v>811</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>841</v>
+        <v>76</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>421</v>
+        <v>165</v>
       </c>
       <c r="D280" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E280" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F280" t="s">
-        <v>596</v>
+        <v>26</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>842</v>
+        <v>812</v>
       </c>
       <c r="H280" t="s">
-        <v>843</v>
+        <v>813</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>844</v>
+        <v>79</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>845</v>
+        <v>814</v>
       </c>
       <c r="D281" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E281" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F281" t="s">
-        <v>474</v>
+        <v>141</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>846</v>
+        <v>815</v>
       </c>
       <c r="H281" t="s">
-        <v>847</v>
+        <v>816</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>848</v>
+        <v>82</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>849</v>
+        <v>817</v>
       </c>
       <c r="D282" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E282" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F282" t="s">
-        <v>474</v>
+        <v>542</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>850</v>
+        <v>818</v>
       </c>
       <c r="H282" t="s">
-        <v>851</v>
+        <v>819</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>852</v>
+        <v>85</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>853</v>
+        <v>820</v>
       </c>
       <c r="D283" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E283" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F283" t="s">
-        <v>659</v>
+        <v>141</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>854</v>
+        <v>821</v>
       </c>
       <c r="H283" t="s">
-        <v>855</v>
+        <v>822</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>856</v>
+        <v>88</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>857</v>
+        <v>823</v>
       </c>
       <c r="D284" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E284" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F284" t="s">
-        <v>135</v>
+        <v>542</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>858</v>
+        <v>824</v>
       </c>
       <c r="H284" t="s">
-        <v>859</v>
+        <v>825</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>860</v>
+        <v>91</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>493</v>
+        <v>826</v>
       </c>
       <c r="D285" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E285" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F285" t="s">
-        <v>659</v>
+        <v>141</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>861</v>
+        <v>827</v>
       </c>
       <c r="H285" t="s">
-        <v>862</v>
+        <v>828</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>863</v>
+        <v>94</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>496</v>
+        <v>829</v>
       </c>
       <c r="D286" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E286" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F286" t="s">
-        <v>638</v>
+        <v>542</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>864</v>
+        <v>830</v>
       </c>
       <c r="H286" t="s">
-        <v>865</v>
+        <v>831</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>866</v>
+        <v>97</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>431</v>
+        <v>832</v>
       </c>
       <c r="D287" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E287" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F287" t="s">
-        <v>457</v>
+        <v>520</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>867</v>
+        <v>833</v>
       </c>
       <c r="H287" t="s">
-        <v>868</v>
+        <v>834</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>869</v>
+        <v>100</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>561</v>
+        <v>779</v>
       </c>
       <c r="D288" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E288" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F288" t="s">
-        <v>457</v>
+        <v>520</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>870</v>
+        <v>835</v>
       </c>
       <c r="H288" t="s">
-        <v>871</v>
+        <v>836</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>872</v>
+        <v>103</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>90</v>
+        <v>447</v>
       </c>
       <c r="D289" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E289" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F289" t="s">
-        <v>457</v>
+        <v>553</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>873</v>
+        <v>837</v>
       </c>
       <c r="H289" t="s">
-        <v>874</v>
+        <v>838</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>875</v>
+        <v>115</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>170</v>
+        <v>839</v>
       </c>
       <c r="D290" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E290" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F290" t="s">
-        <v>457</v>
+        <v>587</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>876</v>
+        <v>840</v>
       </c>
       <c r="H290" t="s">
-        <v>877</v>
+        <v>841</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>878</v>
+        <v>125</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>271</v>
+        <v>842</v>
       </c>
       <c r="D291" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E291" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F291" t="s">
-        <v>596</v>
+        <v>526</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>879</v>
+        <v>843</v>
       </c>
       <c r="H291" t="s">
-        <v>880</v>
+        <v>844</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>881</v>
+        <v>128</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>93</v>
+        <v>845</v>
       </c>
       <c r="D292" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E292" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F292" t="s">
-        <v>26</v>
+        <v>141</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>882</v>
+        <v>846</v>
       </c>
       <c r="H292" t="s">
-        <v>883</v>
+        <v>847</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>884</v>
+        <v>505</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>96</v>
+        <v>848</v>
       </c>
       <c r="D293" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E293" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F293" t="s">
-        <v>26</v>
+        <v>526</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>885</v>
+        <v>849</v>
       </c>
       <c r="H293" t="s">
-        <v>886</v>
+        <v>850</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>887</v>
+        <v>509</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>172</v>
+        <v>851</v>
       </c>
       <c r="D294" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E294" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F294" t="s">
-        <v>26</v>
+        <v>526</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>888</v>
+        <v>852</v>
       </c>
       <c r="H294" t="s">
-        <v>889</v>
+        <v>853</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>890</v>
+        <v>513</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>174</v>
+        <v>854</v>
       </c>
       <c r="D295" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E295" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F295" t="s">
-        <v>470</v>
+        <v>677</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>891</v>
+        <v>855</v>
       </c>
       <c r="H295" t="s">
-        <v>892</v>
+        <v>856</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>893</v>
+        <v>574</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>894</v>
+        <v>630</v>
       </c>
       <c r="D296" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E296" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F296" t="s">
-        <v>516</v>
+        <v>677</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>895</v>
+        <v>857</v>
       </c>
       <c r="H296" t="s">
-        <v>896</v>
+        <v>858</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>897</v>
+        <v>578</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>898</v>
+        <v>278</v>
       </c>
       <c r="D297" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E297" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F297" t="s">
-        <v>470</v>
+        <v>677</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>899</v>
+        <v>859</v>
       </c>
       <c r="H297" t="s">
-        <v>900</v>
+        <v>860</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>901</v>
+        <v>861</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>902</v>
+        <v>411</v>
       </c>
       <c r="D298" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E298" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F298" t="s">
-        <v>451</v>
+        <v>538</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>903</v>
+        <v>862</v>
       </c>
       <c r="H298" t="s">
-        <v>904</v>
+        <v>863</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>905</v>
+        <v>864</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>906</v>
+        <v>782</v>
       </c>
       <c r="D299" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E299" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F299" t="s">
-        <v>451</v>
+        <v>520</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>907</v>
+        <v>865</v>
       </c>
       <c r="H299" t="s">
-        <v>908</v>
+        <v>866</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>909</v>
+        <v>867</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>910</v>
+        <v>868</v>
       </c>
       <c r="D300" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E300" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F300" t="s">
-        <v>659</v>
+        <v>26</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>911</v>
+        <v>869</v>
       </c>
       <c r="H300" t="s">
-        <v>912</v>
+        <v>870</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>913</v>
+        <v>871</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>914</v>
+        <v>78</v>
       </c>
       <c r="D301" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E301" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F301" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>915</v>
+        <v>872</v>
       </c>
       <c r="H301" t="s">
-        <v>916</v>
+        <v>873</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>917</v>
+        <v>214</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>918</v>
+        <v>167</v>
       </c>
       <c r="D302" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E302" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F302" t="s">
-        <v>474</v>
+        <v>26</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>919</v>
+        <v>874</v>
       </c>
       <c r="H302" t="s">
-        <v>920</v>
+        <v>875</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>921</v>
+        <v>221</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>525</v>
+        <v>604</v>
       </c>
       <c r="D303" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E303" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F303" t="s">
-        <v>474</v>
+        <v>520</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>922</v>
+        <v>876</v>
       </c>
       <c r="H303" t="s">
-        <v>923</v>
+        <v>877</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>924</v>
+        <v>225</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>99</v>
+        <v>492</v>
       </c>
       <c r="D304" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E304" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F304" t="s">
-        <v>457</v>
+        <v>520</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>925</v>
+        <v>878</v>
       </c>
       <c r="H304" t="s">
-        <v>926</v>
+        <v>879</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>927</v>
+        <v>229</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>176</v>
+        <v>81</v>
       </c>
       <c r="D305" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E305" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F305" t="s">
-        <v>516</v>
+        <v>526</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>928</v>
+        <v>880</v>
       </c>
       <c r="H305" t="s">
-        <v>929</v>
+        <v>881</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>930</v>
+        <v>233</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>102</v>
+        <v>170</v>
       </c>
       <c r="D306" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E306" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F306" t="s">
-        <v>516</v>
+        <v>526</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>931</v>
+        <v>882</v>
       </c>
       <c r="H306" t="s">
-        <v>932</v>
+        <v>883</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>933</v>
+        <v>237</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>178</v>
+        <v>556</v>
       </c>
       <c r="D307" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E307" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F307" t="s">
-        <v>516</v>
+        <v>526</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>934</v>
+        <v>884</v>
       </c>
       <c r="H307" t="s">
-        <v>935</v>
+        <v>885</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>936</v>
+        <v>241</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>607</v>
+        <v>593</v>
       </c>
       <c r="D308" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E308" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F308" t="s">
-        <v>659</v>
+        <v>526</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>937</v>
+        <v>886</v>
       </c>
       <c r="H308" t="s">
-        <v>938</v>
+        <v>887</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>939</v>
+        <v>249</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>610</v>
+        <v>888</v>
       </c>
       <c r="D309" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E309" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F309" t="s">
-        <v>26</v>
+        <v>141</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>940</v>
+        <v>889</v>
       </c>
       <c r="H309" t="s">
-        <v>941</v>
+        <v>890</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>942</v>
+        <v>260</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>581</v>
+        <v>891</v>
       </c>
       <c r="D310" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E310" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F310" t="s">
-        <v>26</v>
+        <v>712</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>943</v>
+        <v>892</v>
       </c>
       <c r="H310" t="s">
-        <v>944</v>
+        <v>893</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>945</v>
+        <v>268</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>613</v>
+        <v>894</v>
       </c>
       <c r="D311" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E311" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F311" t="s">
-        <v>26</v>
+        <v>677</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>946</v>
+        <v>895</v>
       </c>
       <c r="H311" t="s">
-        <v>947</v>
+        <v>896</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>948</v>
+        <v>271</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>275</v>
+        <v>897</v>
       </c>
       <c r="D312" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E312" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F312" t="s">
-        <v>26</v>
+        <v>677</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>949</v>
+        <v>898</v>
       </c>
       <c r="H312" t="s">
-        <v>950</v>
+        <v>899</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>951</v>
+        <v>275</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>279</v>
+        <v>900</v>
       </c>
       <c r="D313" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E313" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F313" t="s">
-        <v>26</v>
+        <v>523</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>952</v>
+        <v>901</v>
       </c>
       <c r="H313" t="s">
-        <v>953</v>
+        <v>902</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>954</v>
+        <v>279</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>283</v>
+        <v>903</v>
       </c>
       <c r="D314" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E314" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F314" t="s">
-        <v>516</v>
+        <v>523</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>955</v>
+        <v>904</v>
       </c>
       <c r="H314" t="s">
-        <v>956</v>
+        <v>905</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>957</v>
+        <v>291</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>287</v>
+        <v>906</v>
       </c>
       <c r="D315" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E315" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F315" t="s">
-        <v>596</v>
+        <v>526</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>958</v>
+        <v>907</v>
       </c>
       <c r="H315" t="s">
-        <v>959</v>
+        <v>908</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>960</v>
+        <v>295</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>961</v>
+        <v>909</v>
       </c>
       <c r="D316" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E316" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F316" t="s">
-        <v>596</v>
+        <v>526</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>962</v>
+        <v>910</v>
       </c>
       <c r="H316" t="s">
-        <v>963</v>
+        <v>911</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>964</v>
+        <v>299</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>295</v>
+        <v>912</v>
       </c>
       <c r="D317" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E317" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F317" t="s">
-        <v>135</v>
+        <v>587</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>965</v>
+        <v>913</v>
       </c>
       <c r="H317" t="s">
-        <v>966</v>
+        <v>914</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>967</v>
+        <v>303</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>291</v>
+        <v>915</v>
       </c>
       <c r="D318" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E318" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F318" t="s">
-        <v>135</v>
+        <v>526</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>968</v>
+        <v>916</v>
       </c>
       <c r="H318" t="s">
-        <v>969</v>
+        <v>917</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>970</v>
+        <v>307</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>311</v>
+        <v>453</v>
       </c>
       <c r="D319" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E319" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F319" t="s">
-        <v>451</v>
+        <v>526</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>971</v>
+        <v>918</v>
       </c>
       <c r="H319" t="s">
-        <v>972</v>
+        <v>919</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>973</v>
+        <v>311</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>435</v>
+        <v>559</v>
       </c>
       <c r="D320" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E320" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F320" t="s">
-        <v>457</v>
+        <v>26</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>974</v>
+        <v>920</v>
       </c>
       <c r="H320" t="s">
-        <v>975</v>
+        <v>921</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>976</v>
+        <v>315</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>627</v>
+        <v>922</v>
       </c>
       <c r="D321" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E321" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F321" t="s">
-        <v>457</v>
+        <v>587</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>977</v>
+        <v>923</v>
       </c>
       <c r="H321" t="s">
-        <v>978</v>
+        <v>924</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>979</v>
+        <v>319</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>499</v>
+        <v>925</v>
       </c>
       <c r="D322" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E322" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F322" t="s">
-        <v>516</v>
+        <v>26</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>980</v>
+        <v>926</v>
       </c>
       <c r="H322" t="s">
-        <v>981</v>
+        <v>927</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>982</v>
+        <v>322</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>983</v>
+        <v>928</v>
       </c>
       <c r="D323" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E323" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F323" t="s">
-        <v>457</v>
+        <v>553</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>984</v>
+        <v>929</v>
       </c>
       <c r="H323" t="s">
-        <v>985</v>
+        <v>930</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>986</v>
+        <v>325</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>443</v>
+        <v>931</v>
       </c>
       <c r="D324" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E324" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F324" t="s">
-        <v>596</v>
+        <v>542</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>987</v>
+        <v>932</v>
       </c>
       <c r="H324" t="s">
-        <v>988</v>
+        <v>933</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>989</v>
+        <v>328</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>439</v>
+        <v>632</v>
       </c>
       <c r="D325" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E325" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F325" t="s">
-        <v>596</v>
+        <v>542</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>990</v>
+        <v>934</v>
       </c>
       <c r="H325" t="s">
-        <v>991</v>
+        <v>935</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>683</v>
+        <v>334</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>502</v>
+        <v>172</v>
       </c>
       <c r="D326" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E326" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F326" t="s">
-        <v>457</v>
+        <v>526</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>992</v>
+        <v>936</v>
       </c>
       <c r="H326" t="s">
-        <v>993</v>
+        <v>937</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>686</v>
+        <v>337</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>994</v>
+        <v>87</v>
       </c>
       <c r="D327" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E327" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F327" t="s">
-        <v>457</v>
+        <v>526</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>995</v>
+        <v>938</v>
       </c>
       <c r="H327" t="s">
-        <v>996</v>
+        <v>939</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>689</v>
+        <v>340</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>506</v>
+        <v>174</v>
       </c>
       <c r="D328" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E328" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F328" t="s">
-        <v>457</v>
+        <v>526</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>997</v>
+        <v>940</v>
       </c>
       <c r="H328" t="s">
-        <v>998</v>
+        <v>941</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>692</v>
+        <v>343</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>999</v>
+        <v>495</v>
       </c>
       <c r="D329" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E329" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F329" t="s">
-        <v>26</v>
+        <v>526</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1000</v>
+        <v>942</v>
       </c>
       <c r="H329" t="s">
-        <v>1001</v>
+        <v>943</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>695</v>
+        <v>944</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>105</v>
+        <v>945</v>
       </c>
       <c r="D330" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E330" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F330" t="s">
         <v>26</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1002</v>
+        <v>946</v>
       </c>
       <c r="H330" t="s">
-        <v>1003</v>
+        <v>947</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>698</v>
+        <v>948</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>108</v>
+        <v>282</v>
       </c>
       <c r="D331" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E331" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F331" t="s">
-        <v>26</v>
+        <v>553</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1004</v>
+        <v>949</v>
       </c>
       <c r="H331" t="s">
-        <v>1005</v>
+        <v>950</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>701</v>
+        <v>951</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>111</v>
+        <v>413</v>
       </c>
       <c r="D332" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E332" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F332" t="s">
-        <v>135</v>
+        <v>26</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1006</v>
+        <v>952</v>
       </c>
       <c r="H332" t="s">
-        <v>1007</v>
+        <v>953</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>711</v>
+        <v>954</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>114</v>
+        <v>685</v>
       </c>
       <c r="D333" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E333" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F333" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1008</v>
+        <v>955</v>
       </c>
       <c r="H333" t="s">
-        <v>1009</v>
+        <v>956</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>714</v>
+        <v>957</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>117</v>
+        <v>286</v>
       </c>
       <c r="D334" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E334" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F334" t="s">
-        <v>451</v>
+        <v>26</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1010</v>
+        <v>958</v>
       </c>
       <c r="H334" t="s">
-        <v>1011</v>
+        <v>959</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>717</v>
+        <v>960</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>120</v>
+        <v>450</v>
       </c>
       <c r="D335" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E335" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F335" t="s">
-        <v>451</v>
+        <v>677</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1012</v>
+        <v>961</v>
       </c>
       <c r="H335" t="s">
-        <v>1013</v>
+        <v>962</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>720</v>
+        <v>963</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>122</v>
+        <v>489</v>
       </c>
       <c r="D336" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E336" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F336" t="s">
-        <v>451</v>
+        <v>677</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1014</v>
+        <v>964</v>
       </c>
       <c r="H336" t="s">
-        <v>1015</v>
+        <v>965</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>723</v>
+        <v>966</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>180</v>
+        <v>967</v>
       </c>
       <c r="D337" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E337" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F337" t="s">
-        <v>659</v>
+        <v>542</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1016</v>
+        <v>968</v>
       </c>
       <c r="H337" t="s">
-        <v>1017</v>
+        <v>969</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>761</v>
+        <v>970</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>182</v>
+        <v>971</v>
       </c>
       <c r="D338" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E338" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F338" t="s">
-        <v>457</v>
+        <v>542</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1018</v>
+        <v>972</v>
       </c>
       <c r="H338" t="s">
-        <v>1019</v>
+        <v>973</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>764</v>
+        <v>974</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>184</v>
+        <v>975</v>
       </c>
       <c r="D339" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E339" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F339" t="s">
-        <v>457</v>
+        <v>723</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1020</v>
+        <v>976</v>
       </c>
       <c r="H339" t="s">
-        <v>1021</v>
+        <v>977</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>767</v>
+        <v>978</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>186</v>
+        <v>979</v>
       </c>
       <c r="D340" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E340" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F340" t="s">
-        <v>457</v>
+        <v>141</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1022</v>
+        <v>980</v>
       </c>
       <c r="H340" t="s">
-        <v>1023</v>
+        <v>981</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>770</v>
+        <v>982</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>188</v>
+        <v>561</v>
       </c>
       <c r="D341" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E341" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F341" t="s">
-        <v>457</v>
+        <v>723</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1024</v>
+        <v>983</v>
       </c>
       <c r="H341" t="s">
-        <v>1025</v>
+        <v>984</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>773</v>
+        <v>985</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>190</v>
+        <v>564</v>
       </c>
       <c r="D342" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E342" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F342" t="s">
-        <v>454</v>
+        <v>712</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1026</v>
+        <v>986</v>
       </c>
       <c r="H342" t="s">
-        <v>1027</v>
+        <v>987</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>776</v>
+        <v>988</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>192</v>
+        <v>498</v>
       </c>
       <c r="D343" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E343" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F343" t="s">
-        <v>454</v>
+        <v>526</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1028</v>
+        <v>989</v>
       </c>
       <c r="H343" t="s">
-        <v>1029</v>
+        <v>990</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>779</v>
+        <v>991</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>563</v>
+        <v>634</v>
       </c>
       <c r="D344" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E344" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F344" t="s">
-        <v>454</v>
+        <v>526</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1030</v>
+        <v>992</v>
       </c>
       <c r="H344" t="s">
-        <v>1031</v>
+        <v>993</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>782</v>
+        <v>994</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>565</v>
+        <v>90</v>
       </c>
       <c r="D345" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E345" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F345" t="s">
-        <v>451</v>
+        <v>526</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1032</v>
+        <v>995</v>
       </c>
       <c r="H345" t="s">
-        <v>1033</v>
+        <v>996</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>785</v>
+        <v>997</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>567</v>
+        <v>176</v>
       </c>
       <c r="D346" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E346" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F346" t="s">
-        <v>451</v>
+        <v>526</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1034</v>
+        <v>998</v>
       </c>
       <c r="H346" t="s">
-        <v>1035</v>
+        <v>999</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>792</v>
+        <v>1000</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>569</v>
+        <v>290</v>
       </c>
       <c r="D347" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E347" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F347" t="s">
-        <v>457</v>
+        <v>677</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1036</v>
+        <v>1001</v>
       </c>
       <c r="H347" t="s">
-        <v>1037</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>796</v>
+        <v>1003</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>571</v>
+        <v>93</v>
       </c>
       <c r="D348" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E348" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F348" t="s">
-        <v>457</v>
+        <v>26</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1038</v>
+        <v>1004</v>
       </c>
       <c r="H348" t="s">
-        <v>1039</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>800</v>
+        <v>1006</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>1040</v>
+        <v>96</v>
       </c>
       <c r="D349" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E349" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F349" t="s">
-        <v>457</v>
+        <v>26</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1041</v>
+        <v>1007</v>
       </c>
       <c r="H349" t="s">
-        <v>1042</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>804</v>
+        <v>1009</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>1043</v>
+        <v>178</v>
       </c>
       <c r="D350" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E350" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F350" t="s">
-        <v>457</v>
+        <v>26</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1044</v>
+        <v>1010</v>
       </c>
       <c r="H350" t="s">
-        <v>1045</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>845</v>
+        <v>1012</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>1046</v>
+        <v>180</v>
       </c>
       <c r="D351" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E351" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F351" t="s">
-        <v>454</v>
+        <v>538</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1047</v>
+        <v>1013</v>
       </c>
       <c r="H351" t="s">
-        <v>1048</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>849</v>
+        <v>1015</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>1049</v>
+        <v>1016</v>
       </c>
       <c r="D352" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E352" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F352" t="s">
-        <v>454</v>
+        <v>587</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1050</v>
+        <v>1017</v>
       </c>
       <c r="H352" t="s">
-        <v>1051</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>853</v>
+        <v>1019</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>1052</v>
+        <v>1020</v>
       </c>
       <c r="D353" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E353" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F353" t="s">
-        <v>659</v>
+        <v>538</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1053</v>
+        <v>1021</v>
       </c>
       <c r="H353" t="s">
-        <v>1054</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>857</v>
+        <v>1023</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>1055</v>
+        <v>1024</v>
       </c>
       <c r="D354" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E354" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F354" t="s">
-        <v>454</v>
+        <v>520</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1056</v>
+        <v>1025</v>
       </c>
       <c r="H354" t="s">
-        <v>1057</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>894</v>
+        <v>1027</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>1058</v>
+        <v>1028</v>
       </c>
       <c r="D355" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E355" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F355" t="s">
-        <v>135</v>
+        <v>520</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1059</v>
+        <v>1029</v>
       </c>
       <c r="H355" t="s">
-        <v>1060</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>898</v>
+        <v>1031</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>1061</v>
+        <v>1032</v>
       </c>
       <c r="D356" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E356" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F356" t="s">
-        <v>135</v>
+        <v>723</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1062</v>
+        <v>1033</v>
       </c>
       <c r="H356" t="s">
-        <v>1063</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>902</v>
+        <v>1035</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>1064</v>
+        <v>1036</v>
       </c>
       <c r="D357" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E357" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F357" t="s">
-        <v>457</v>
+        <v>520</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1065</v>
+        <v>1037</v>
       </c>
       <c r="H357" t="s">
-        <v>1066</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>906</v>
+        <v>1039</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>1067</v>
+        <v>1040</v>
       </c>
       <c r="D358" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E358" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F358" t="s">
-        <v>457</v>
+        <v>542</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1068</v>
+        <v>1041</v>
       </c>
       <c r="H358" t="s">
-        <v>1069</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>910</v>
+        <v>1043</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>1070</v>
+        <v>596</v>
       </c>
       <c r="D359" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E359" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F359" t="s">
-        <v>457</v>
+        <v>542</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1071</v>
+        <v>1044</v>
       </c>
       <c r="H359" t="s">
-        <v>1072</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>914</v>
+        <v>1046</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>1073</v>
+        <v>99</v>
       </c>
       <c r="D360" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E360" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F360" t="s">
-        <v>457</v>
+        <v>526</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1074</v>
+        <v>1047</v>
       </c>
       <c r="H360" t="s">
-        <v>1075</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>918</v>
+        <v>1049</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>1076</v>
+        <v>182</v>
       </c>
       <c r="D361" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E361" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F361" t="s">
-        <v>135</v>
+        <v>587</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1077</v>
+        <v>1050</v>
       </c>
       <c r="H361" t="s">
-        <v>1078</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>983</v>
+        <v>1052</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>1079</v>
+        <v>102</v>
       </c>
       <c r="D362" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E362" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F362" t="s">
-        <v>26</v>
+        <v>587</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1080</v>
+        <v>1053</v>
       </c>
       <c r="H362" t="s">
-        <v>1081</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>994</v>
+        <v>1055</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>1082</v>
+        <v>184</v>
       </c>
       <c r="D363" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E363" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F363" t="s">
-        <v>26</v>
+        <v>587</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1083</v>
+        <v>1056</v>
       </c>
       <c r="H363" t="s">
-        <v>1084</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>999</v>
+        <v>1058</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>1085</v>
+        <v>688</v>
       </c>
       <c r="D364" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E364" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F364" t="s">
-        <v>451</v>
+        <v>723</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1086</v>
+        <v>1059</v>
       </c>
       <c r="H364" t="s">
-        <v>1087</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1040</v>
+        <v>1061</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>1088</v>
+        <v>691</v>
       </c>
       <c r="D365" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E365" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F365" t="s">
-        <v>457</v>
+        <v>26</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1089</v>
+        <v>1062</v>
       </c>
       <c r="H365" t="s">
-        <v>1090</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1043</v>
+        <v>1064</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>1091</v>
+        <v>656</v>
       </c>
       <c r="D366" t="s">
-        <v>662</v>
+        <v>793</v>
       </c>
       <c r="E366" t="s">
-        <v>663</v>
+        <v>794</v>
       </c>
       <c r="F366" t="s">
-        <v>457</v>
+        <v>26</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1092</v>
+        <v>1065</v>
       </c>
       <c r="H366" t="s">
-        <v>1093</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1094</v>
+        <v>1067</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>22</v>
+        <v>694</v>
       </c>
       <c r="D367" t="s">
-        <v>1095</v>
+        <v>793</v>
       </c>
       <c r="E367" t="s">
-        <v>1096</v>
+        <v>794</v>
       </c>
       <c r="F367" t="s">
-        <v>474</v>
+        <v>26</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1097</v>
+        <v>1068</v>
       </c>
       <c r="H367" t="s">
-        <v>1098</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>758</v>
+        <v>1070</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>25</v>
+        <v>294</v>
       </c>
       <c r="D368" t="s">
-        <v>1095</v>
+        <v>793</v>
       </c>
       <c r="E368" t="s">
-        <v>1096</v>
+        <v>794</v>
       </c>
       <c r="F368" t="s">
-        <v>478</v>
+        <v>26</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1099</v>
+        <v>1071</v>
       </c>
       <c r="H368" t="s">
-        <v>1096</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1100</v>
+        <v>1073</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>22</v>
+        <v>298</v>
       </c>
       <c r="D369" t="s">
-        <v>1101</v>
+        <v>793</v>
       </c>
       <c r="E369" t="s">
-        <v>1102</v>
+        <v>794</v>
       </c>
       <c r="F369" t="s">
         <v>26</v>
       </c>
       <c r="G369" s="1" t="s">
+        <v>1074</v>
+      </c>
+      <c r="H369" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8">
+      <c r="A370" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B370" t="s">
+        <v>9</v>
+      </c>
+      <c r="C370" t="s">
+        <v>302</v>
+      </c>
+      <c r="D370" t="s">
+        <v>793</v>
+      </c>
+      <c r="E370" t="s">
+        <v>794</v>
+      </c>
+      <c r="F370" t="s">
+        <v>587</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>1077</v>
+      </c>
+      <c r="H370" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="371" spans="1:8">
+      <c r="A371" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B371" t="s">
+        <v>9</v>
+      </c>
+      <c r="C371" t="s">
+        <v>306</v>
+      </c>
+      <c r="D371" t="s">
+        <v>793</v>
+      </c>
+      <c r="E371" t="s">
+        <v>794</v>
+      </c>
+      <c r="F371" t="s">
+        <v>677</v>
+      </c>
+      <c r="G371" s="1" t="s">
+        <v>1080</v>
+      </c>
+      <c r="H371" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="372" spans="1:8">
+      <c r="A372" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B372" t="s">
+        <v>9</v>
+      </c>
+      <c r="C372" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D372" t="s">
+        <v>793</v>
+      </c>
+      <c r="E372" t="s">
+        <v>794</v>
+      </c>
+      <c r="F372" t="s">
+        <v>677</v>
+      </c>
+      <c r="G372" s="1" t="s">
+        <v>1084</v>
+      </c>
+      <c r="H372" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="373" spans="1:8">
+      <c r="A373" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B373" t="s">
+        <v>9</v>
+      </c>
+      <c r="C373" t="s">
+        <v>314</v>
+      </c>
+      <c r="D373" t="s">
+        <v>793</v>
+      </c>
+      <c r="E373" t="s">
+        <v>794</v>
+      </c>
+      <c r="F373" t="s">
+        <v>141</v>
+      </c>
+      <c r="G373" s="1" t="s">
+        <v>1087</v>
+      </c>
+      <c r="H373" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="374" spans="1:8">
+      <c r="A374" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B374" t="s">
+        <v>9</v>
+      </c>
+      <c r="C374" t="s">
+        <v>310</v>
+      </c>
+      <c r="D374" t="s">
+        <v>793</v>
+      </c>
+      <c r="E374" t="s">
+        <v>794</v>
+      </c>
+      <c r="F374" t="s">
+        <v>141</v>
+      </c>
+      <c r="G374" s="1" t="s">
+        <v>1090</v>
+      </c>
+      <c r="H374" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="375" spans="1:8">
+      <c r="A375" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B375" t="s">
+        <v>9</v>
+      </c>
+      <c r="C375" t="s">
+        <v>377</v>
+      </c>
+      <c r="D375" t="s">
+        <v>793</v>
+      </c>
+      <c r="E375" t="s">
+        <v>794</v>
+      </c>
+      <c r="F375" t="s">
+        <v>520</v>
+      </c>
+      <c r="G375" s="1" t="s">
+        <v>1093</v>
+      </c>
+      <c r="H375" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="376" spans="1:8">
+      <c r="A376" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B376" t="s">
+        <v>9</v>
+      </c>
+      <c r="C376" t="s">
+        <v>501</v>
+      </c>
+      <c r="D376" t="s">
+        <v>793</v>
+      </c>
+      <c r="E376" t="s">
+        <v>794</v>
+      </c>
+      <c r="F376" t="s">
+        <v>526</v>
+      </c>
+      <c r="G376" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="H376" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8">
+      <c r="A377" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B377" t="s">
+        <v>9</v>
+      </c>
+      <c r="C377" t="s">
+        <v>752</v>
+      </c>
+      <c r="D377" t="s">
+        <v>793</v>
+      </c>
+      <c r="E377" t="s">
+        <v>794</v>
+      </c>
+      <c r="F377" t="s">
+        <v>526</v>
+      </c>
+      <c r="G377" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="H377" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="378" spans="1:8">
+      <c r="A378" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B378" t="s">
+        <v>9</v>
+      </c>
+      <c r="C378" t="s">
+        <v>567</v>
+      </c>
+      <c r="D378" t="s">
+        <v>793</v>
+      </c>
+      <c r="E378" t="s">
+        <v>794</v>
+      </c>
+      <c r="F378" t="s">
+        <v>587</v>
+      </c>
+      <c r="G378" s="1" t="s">
+        <v>1102</v>
+      </c>
+      <c r="H378" t="s">
         <v>1103</v>
       </c>
-      <c r="H369" t="s">
+    </row>
+    <row r="379" spans="1:8">
+      <c r="A379" t="s">
         <v>1104</v>
+      </c>
+      <c r="B379" t="s">
+        <v>9</v>
+      </c>
+      <c r="C379" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D379" t="s">
+        <v>793</v>
+      </c>
+      <c r="E379" t="s">
+        <v>794</v>
+      </c>
+      <c r="F379" t="s">
+        <v>526</v>
+      </c>
+      <c r="G379" s="1" t="s">
+        <v>1106</v>
+      </c>
+      <c r="H379" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="380" spans="1:8">
+      <c r="A380" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B380" t="s">
+        <v>9</v>
+      </c>
+      <c r="C380" t="s">
+        <v>508</v>
+      </c>
+      <c r="D380" t="s">
+        <v>793</v>
+      </c>
+      <c r="E380" t="s">
+        <v>794</v>
+      </c>
+      <c r="F380" t="s">
+        <v>677</v>
+      </c>
+      <c r="G380" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="H380" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="381" spans="1:8">
+      <c r="A381" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B381" t="s">
+        <v>9</v>
+      </c>
+      <c r="C381" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D381" t="s">
+        <v>793</v>
+      </c>
+      <c r="E381" t="s">
+        <v>794</v>
+      </c>
+      <c r="F381" t="s">
+        <v>677</v>
+      </c>
+      <c r="G381" s="1" t="s">
+        <v>1113</v>
+      </c>
+      <c r="H381" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="382" spans="1:8">
+      <c r="A382" t="s">
+        <v>814</v>
+      </c>
+      <c r="B382" t="s">
+        <v>9</v>
+      </c>
+      <c r="C382" t="s">
+        <v>570</v>
+      </c>
+      <c r="D382" t="s">
+        <v>793</v>
+      </c>
+      <c r="E382" t="s">
+        <v>794</v>
+      </c>
+      <c r="F382" t="s">
+        <v>526</v>
+      </c>
+      <c r="G382" s="1" t="s">
+        <v>1115</v>
+      </c>
+      <c r="H382" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="383" spans="1:8">
+      <c r="A383" t="s">
+        <v>817</v>
+      </c>
+      <c r="B383" t="s">
+        <v>9</v>
+      </c>
+      <c r="C383" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D383" t="s">
+        <v>793</v>
+      </c>
+      <c r="E383" t="s">
+        <v>794</v>
+      </c>
+      <c r="F383" t="s">
+        <v>526</v>
+      </c>
+      <c r="G383" s="1" t="s">
+        <v>1118</v>
+      </c>
+      <c r="H383" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="384" spans="1:8">
+      <c r="A384" t="s">
+        <v>820</v>
+      </c>
+      <c r="B384" t="s">
+        <v>9</v>
+      </c>
+      <c r="C384" t="s">
+        <v>573</v>
+      </c>
+      <c r="D384" t="s">
+        <v>793</v>
+      </c>
+      <c r="E384" t="s">
+        <v>794</v>
+      </c>
+      <c r="F384" t="s">
+        <v>526</v>
+      </c>
+      <c r="G384" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="H384" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="385" spans="1:8">
+      <c r="A385" t="s">
+        <v>823</v>
+      </c>
+      <c r="B385" t="s">
+        <v>9</v>
+      </c>
+      <c r="C385" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D385" t="s">
+        <v>793</v>
+      </c>
+      <c r="E385" t="s">
+        <v>794</v>
+      </c>
+      <c r="F385" t="s">
+        <v>26</v>
+      </c>
+      <c r="G385" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="H385" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="386" spans="1:8">
+      <c r="A386" t="s">
+        <v>826</v>
+      </c>
+      <c r="B386" t="s">
+        <v>9</v>
+      </c>
+      <c r="C386" t="s">
+        <v>105</v>
+      </c>
+      <c r="D386" t="s">
+        <v>793</v>
+      </c>
+      <c r="E386" t="s">
+        <v>794</v>
+      </c>
+      <c r="F386" t="s">
+        <v>26</v>
+      </c>
+      <c r="G386" s="1" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H386" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="387" spans="1:8">
+      <c r="A387" t="s">
+        <v>829</v>
+      </c>
+      <c r="B387" t="s">
+        <v>9</v>
+      </c>
+      <c r="C387" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D387" t="s">
+        <v>793</v>
+      </c>
+      <c r="E387" t="s">
+        <v>794</v>
+      </c>
+      <c r="F387" t="s">
+        <v>26</v>
+      </c>
+      <c r="G387" s="1" t="s">
+        <v>1128</v>
+      </c>
+      <c r="H387" t="s">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="388" spans="1:8">
+      <c r="A388" t="s">
+        <v>832</v>
+      </c>
+      <c r="B388" t="s">
+        <v>9</v>
+      </c>
+      <c r="C388" t="s">
+        <v>108</v>
+      </c>
+      <c r="D388" t="s">
+        <v>793</v>
+      </c>
+      <c r="E388" t="s">
+        <v>794</v>
+      </c>
+      <c r="F388" t="s">
+        <v>141</v>
+      </c>
+      <c r="G388" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="H388" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="389" spans="1:8">
+      <c r="A389" t="s">
+        <v>842</v>
+      </c>
+      <c r="B389" t="s">
+        <v>9</v>
+      </c>
+      <c r="C389" t="s">
+        <v>111</v>
+      </c>
+      <c r="D389" t="s">
+        <v>793</v>
+      </c>
+      <c r="E389" t="s">
+        <v>794</v>
+      </c>
+      <c r="F389" t="s">
+        <v>520</v>
+      </c>
+      <c r="G389" s="1" t="s">
+        <v>1132</v>
+      </c>
+      <c r="H389" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="390" spans="1:8">
+      <c r="A390" t="s">
+        <v>845</v>
+      </c>
+      <c r="B390" t="s">
+        <v>9</v>
+      </c>
+      <c r="C390" t="s">
+        <v>114</v>
+      </c>
+      <c r="D390" t="s">
+        <v>793</v>
+      </c>
+      <c r="E390" t="s">
+        <v>794</v>
+      </c>
+      <c r="F390" t="s">
+        <v>520</v>
+      </c>
+      <c r="G390" s="1" t="s">
+        <v>1134</v>
+      </c>
+      <c r="H390" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="391" spans="1:8">
+      <c r="A391" t="s">
+        <v>848</v>
+      </c>
+      <c r="B391" t="s">
+        <v>9</v>
+      </c>
+      <c r="C391" t="s">
+        <v>117</v>
+      </c>
+      <c r="D391" t="s">
+        <v>793</v>
+      </c>
+      <c r="E391" t="s">
+        <v>794</v>
+      </c>
+      <c r="F391" t="s">
+        <v>520</v>
+      </c>
+      <c r="G391" s="1" t="s">
+        <v>1136</v>
+      </c>
+      <c r="H391" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="392" spans="1:8">
+      <c r="A392" t="s">
+        <v>851</v>
+      </c>
+      <c r="B392" t="s">
+        <v>9</v>
+      </c>
+      <c r="C392" t="s">
+        <v>119</v>
+      </c>
+      <c r="D392" t="s">
+        <v>793</v>
+      </c>
+      <c r="E392" t="s">
+        <v>794</v>
+      </c>
+      <c r="F392" t="s">
+        <v>520</v>
+      </c>
+      <c r="G392" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="H392" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="393" spans="1:8">
+      <c r="A393" t="s">
+        <v>854</v>
+      </c>
+      <c r="B393" t="s">
+        <v>9</v>
+      </c>
+      <c r="C393" t="s">
+        <v>186</v>
+      </c>
+      <c r="D393" t="s">
+        <v>793</v>
+      </c>
+      <c r="E393" t="s">
+        <v>794</v>
+      </c>
+      <c r="F393" t="s">
+        <v>723</v>
+      </c>
+      <c r="G393" s="1" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H393" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="394" spans="1:8">
+      <c r="A394" t="s">
+        <v>891</v>
+      </c>
+      <c r="B394" t="s">
+        <v>9</v>
+      </c>
+      <c r="C394" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D394" t="s">
+        <v>793</v>
+      </c>
+      <c r="E394" t="s">
+        <v>794</v>
+      </c>
+      <c r="F394" t="s">
+        <v>526</v>
+      </c>
+      <c r="G394" s="1" t="s">
+        <v>1143</v>
+      </c>
+      <c r="H394" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="395" spans="1:8">
+      <c r="A395" t="s">
+        <v>894</v>
+      </c>
+      <c r="B395" t="s">
+        <v>9</v>
+      </c>
+      <c r="C395" t="s">
+        <v>188</v>
+      </c>
+      <c r="D395" t="s">
+        <v>793</v>
+      </c>
+      <c r="E395" t="s">
+        <v>794</v>
+      </c>
+      <c r="F395" t="s">
+        <v>526</v>
+      </c>
+      <c r="G395" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="H395" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="396" spans="1:8">
+      <c r="A396" t="s">
+        <v>897</v>
+      </c>
+      <c r="B396" t="s">
+        <v>9</v>
+      </c>
+      <c r="C396" t="s">
+        <v>190</v>
+      </c>
+      <c r="D396" t="s">
+        <v>793</v>
+      </c>
+      <c r="E396" t="s">
+        <v>794</v>
+      </c>
+      <c r="F396" t="s">
+        <v>526</v>
+      </c>
+      <c r="G396" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="H396" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="397" spans="1:8">
+      <c r="A397" t="s">
+        <v>900</v>
+      </c>
+      <c r="B397" t="s">
+        <v>9</v>
+      </c>
+      <c r="C397" t="s">
+        <v>192</v>
+      </c>
+      <c r="D397" t="s">
+        <v>793</v>
+      </c>
+      <c r="E397" t="s">
+        <v>794</v>
+      </c>
+      <c r="F397" t="s">
+        <v>526</v>
+      </c>
+      <c r="G397" s="1" t="s">
+        <v>1149</v>
+      </c>
+      <c r="H397" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="398" spans="1:8">
+      <c r="A398" t="s">
+        <v>903</v>
+      </c>
+      <c r="B398" t="s">
+        <v>9</v>
+      </c>
+      <c r="C398" t="s">
+        <v>194</v>
+      </c>
+      <c r="D398" t="s">
+        <v>793</v>
+      </c>
+      <c r="E398" t="s">
+        <v>794</v>
+      </c>
+      <c r="F398" t="s">
+        <v>523</v>
+      </c>
+      <c r="G398" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H398" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="399" spans="1:8">
+      <c r="A399" t="s">
+        <v>906</v>
+      </c>
+      <c r="B399" t="s">
+        <v>9</v>
+      </c>
+      <c r="C399" t="s">
+        <v>196</v>
+      </c>
+      <c r="D399" t="s">
+        <v>793</v>
+      </c>
+      <c r="E399" t="s">
+        <v>794</v>
+      </c>
+      <c r="F399" t="s">
+        <v>523</v>
+      </c>
+      <c r="G399" s="1" t="s">
+        <v>1153</v>
+      </c>
+      <c r="H399" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="400" spans="1:8">
+      <c r="A400" t="s">
+        <v>909</v>
+      </c>
+      <c r="B400" t="s">
+        <v>9</v>
+      </c>
+      <c r="C400" t="s">
+        <v>636</v>
+      </c>
+      <c r="D400" t="s">
+        <v>793</v>
+      </c>
+      <c r="E400" t="s">
+        <v>794</v>
+      </c>
+      <c r="F400" t="s">
+        <v>523</v>
+      </c>
+      <c r="G400" s="1" t="s">
+        <v>1155</v>
+      </c>
+      <c r="H400" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="401" spans="1:8">
+      <c r="A401" t="s">
+        <v>912</v>
+      </c>
+      <c r="B401" t="s">
+        <v>9</v>
+      </c>
+      <c r="C401" t="s">
+        <v>638</v>
+      </c>
+      <c r="D401" t="s">
+        <v>793</v>
+      </c>
+      <c r="E401" t="s">
+        <v>794</v>
+      </c>
+      <c r="F401" t="s">
+        <v>520</v>
+      </c>
+      <c r="G401" s="1" t="s">
+        <v>1157</v>
+      </c>
+      <c r="H401" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="402" spans="1:8">
+      <c r="A402" t="s">
+        <v>915</v>
+      </c>
+      <c r="B402" t="s">
+        <v>9</v>
+      </c>
+      <c r="C402" t="s">
+        <v>640</v>
+      </c>
+      <c r="D402" t="s">
+        <v>793</v>
+      </c>
+      <c r="E402" t="s">
+        <v>794</v>
+      </c>
+      <c r="F402" t="s">
+        <v>520</v>
+      </c>
+      <c r="G402" s="1" t="s">
+        <v>1159</v>
+      </c>
+      <c r="H402" t="s">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="403" spans="1:8">
+      <c r="A403" t="s">
+        <v>922</v>
+      </c>
+      <c r="B403" t="s">
+        <v>9</v>
+      </c>
+      <c r="C403" t="s">
+        <v>642</v>
+      </c>
+      <c r="D403" t="s">
+        <v>793</v>
+      </c>
+      <c r="E403" t="s">
+        <v>794</v>
+      </c>
+      <c r="F403" t="s">
+        <v>526</v>
+      </c>
+      <c r="G403" s="1" t="s">
+        <v>1161</v>
+      </c>
+      <c r="H403" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="404" spans="1:8">
+      <c r="A404" t="s">
+        <v>925</v>
+      </c>
+      <c r="B404" t="s">
+        <v>9</v>
+      </c>
+      <c r="C404" t="s">
+        <v>644</v>
+      </c>
+      <c r="D404" t="s">
+        <v>793</v>
+      </c>
+      <c r="E404" t="s">
+        <v>794</v>
+      </c>
+      <c r="F404" t="s">
+        <v>526</v>
+      </c>
+      <c r="G404" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="H404" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="405" spans="1:8">
+      <c r="A405" t="s">
+        <v>928</v>
+      </c>
+      <c r="B405" t="s">
+        <v>9</v>
+      </c>
+      <c r="C405" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D405" t="s">
+        <v>793</v>
+      </c>
+      <c r="E405" t="s">
+        <v>794</v>
+      </c>
+      <c r="F405" t="s">
+        <v>526</v>
+      </c>
+      <c r="G405" s="1" t="s">
+        <v>1166</v>
+      </c>
+      <c r="H405" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="406" spans="1:8">
+      <c r="A406" t="s">
+        <v>931</v>
+      </c>
+      <c r="B406" t="s">
+        <v>9</v>
+      </c>
+      <c r="C406" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D406" t="s">
+        <v>793</v>
+      </c>
+      <c r="E406" t="s">
+        <v>794</v>
+      </c>
+      <c r="F406" t="s">
+        <v>526</v>
+      </c>
+      <c r="G406" s="1" t="s">
+        <v>1169</v>
+      </c>
+      <c r="H406" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="407" spans="1:8">
+      <c r="A407" t="s">
+        <v>967</v>
+      </c>
+      <c r="B407" t="s">
+        <v>9</v>
+      </c>
+      <c r="C407" t="s">
+        <v>785</v>
+      </c>
+      <c r="D407" t="s">
+        <v>793</v>
+      </c>
+      <c r="E407" t="s">
+        <v>794</v>
+      </c>
+      <c r="F407" t="s">
+        <v>523</v>
+      </c>
+      <c r="G407" s="1" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H407" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="408" spans="1:8">
+      <c r="A408" t="s">
+        <v>971</v>
+      </c>
+      <c r="B408" t="s">
+        <v>9</v>
+      </c>
+      <c r="C408" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D408" t="s">
+        <v>793</v>
+      </c>
+      <c r="E408" t="s">
+        <v>794</v>
+      </c>
+      <c r="F408" t="s">
+        <v>523</v>
+      </c>
+      <c r="G408" s="1" t="s">
+        <v>1174</v>
+      </c>
+      <c r="H408" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="409" spans="1:8">
+      <c r="A409" t="s">
+        <v>975</v>
+      </c>
+      <c r="B409" t="s">
+        <v>9</v>
+      </c>
+      <c r="C409" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D409" t="s">
+        <v>793</v>
+      </c>
+      <c r="E409" t="s">
+        <v>794</v>
+      </c>
+      <c r="F409" t="s">
+        <v>723</v>
+      </c>
+      <c r="G409" s="1" t="s">
+        <v>1177</v>
+      </c>
+      <c r="H409" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="410" spans="1:8">
+      <c r="A410" t="s">
+        <v>979</v>
+      </c>
+      <c r="B410" t="s">
+        <v>9</v>
+      </c>
+      <c r="C410" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D410" t="s">
+        <v>793</v>
+      </c>
+      <c r="E410" t="s">
+        <v>794</v>
+      </c>
+      <c r="F410" t="s">
+        <v>523</v>
+      </c>
+      <c r="G410" s="1" t="s">
+        <v>1180</v>
+      </c>
+      <c r="H410" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="411" spans="1:8">
+      <c r="A411" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B411" t="s">
+        <v>9</v>
+      </c>
+      <c r="C411" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D411" t="s">
+        <v>793</v>
+      </c>
+      <c r="E411" t="s">
+        <v>794</v>
+      </c>
+      <c r="F411" t="s">
+        <v>141</v>
+      </c>
+      <c r="G411" s="1" t="s">
+        <v>1183</v>
+      </c>
+      <c r="H411" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="412" spans="1:8">
+      <c r="A412" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B412" t="s">
+        <v>9</v>
+      </c>
+      <c r="C412" t="s">
+        <v>318</v>
+      </c>
+      <c r="D412" t="s">
+        <v>793</v>
+      </c>
+      <c r="E412" t="s">
+        <v>794</v>
+      </c>
+      <c r="F412" t="s">
+        <v>141</v>
+      </c>
+      <c r="G412" s="1" t="s">
+        <v>1185</v>
+      </c>
+      <c r="H412" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="413" spans="1:8">
+      <c r="A413" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B413" t="s">
+        <v>9</v>
+      </c>
+      <c r="C413" t="s">
+        <v>392</v>
+      </c>
+      <c r="D413" t="s">
+        <v>793</v>
+      </c>
+      <c r="E413" t="s">
+        <v>794</v>
+      </c>
+      <c r="F413" t="s">
+        <v>526</v>
+      </c>
+      <c r="G413" s="1" t="s">
+        <v>1187</v>
+      </c>
+      <c r="H413" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="414" spans="1:8">
+      <c r="A414" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B414" t="s">
+        <v>9</v>
+      </c>
+      <c r="C414" t="s">
+        <v>321</v>
+      </c>
+      <c r="D414" t="s">
+        <v>793</v>
+      </c>
+      <c r="E414" t="s">
+        <v>794</v>
+      </c>
+      <c r="F414" t="s">
+        <v>526</v>
+      </c>
+      <c r="G414" s="1" t="s">
+        <v>1189</v>
+      </c>
+      <c r="H414" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="415" spans="1:8">
+      <c r="A415" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B415" t="s">
+        <v>9</v>
+      </c>
+      <c r="C415" t="s">
+        <v>353</v>
+      </c>
+      <c r="D415" t="s">
+        <v>793</v>
+      </c>
+      <c r="E415" t="s">
+        <v>794</v>
+      </c>
+      <c r="F415" t="s">
+        <v>526</v>
+      </c>
+      <c r="G415" s="1" t="s">
+        <v>1191</v>
+      </c>
+      <c r="H415" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="416" spans="1:8">
+      <c r="A416" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B416" t="s">
+        <v>9</v>
+      </c>
+      <c r="C416" t="s">
+        <v>324</v>
+      </c>
+      <c r="D416" t="s">
+        <v>793</v>
+      </c>
+      <c r="E416" t="s">
+        <v>794</v>
+      </c>
+      <c r="F416" t="s">
+        <v>526</v>
+      </c>
+      <c r="G416" s="1" t="s">
+        <v>1193</v>
+      </c>
+      <c r="H416" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="417" spans="1:8">
+      <c r="A417" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B417" t="s">
+        <v>9</v>
+      </c>
+      <c r="C417" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D417" t="s">
+        <v>793</v>
+      </c>
+      <c r="E417" t="s">
+        <v>794</v>
+      </c>
+      <c r="F417" t="s">
+        <v>141</v>
+      </c>
+      <c r="G417" s="1" t="s">
+        <v>1196</v>
+      </c>
+      <c r="H417" t="s">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="418" spans="1:8">
+      <c r="A418" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B418" t="s">
+        <v>9</v>
+      </c>
+      <c r="C418" t="s">
+        <v>504</v>
+      </c>
+      <c r="D418" t="s">
+        <v>793</v>
+      </c>
+      <c r="E418" t="s">
+        <v>794</v>
+      </c>
+      <c r="F418" t="s">
+        <v>26</v>
+      </c>
+      <c r="G418" s="1" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H418" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="419" spans="1:8">
+      <c r="A419" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B419" t="s">
+        <v>9</v>
+      </c>
+      <c r="C419" t="s">
+        <v>607</v>
+      </c>
+      <c r="D419" t="s">
+        <v>793</v>
+      </c>
+      <c r="E419" t="s">
+        <v>794</v>
+      </c>
+      <c r="F419" t="s">
+        <v>26</v>
+      </c>
+      <c r="G419" s="1" t="s">
+        <v>1200</v>
+      </c>
+      <c r="H419" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B420" t="s">
+        <v>9</v>
+      </c>
+      <c r="C420" t="s">
+        <v>121</v>
+      </c>
+      <c r="D420" t="s">
+        <v>793</v>
+      </c>
+      <c r="E420" t="s">
+        <v>794</v>
+      </c>
+      <c r="F420" t="s">
+        <v>520</v>
+      </c>
+      <c r="G420" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="H420" t="s">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="421" spans="1:8">
+      <c r="A421" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B421" t="s">
+        <v>9</v>
+      </c>
+      <c r="C421" t="s">
+        <v>199</v>
+      </c>
+      <c r="D421" t="s">
+        <v>793</v>
+      </c>
+      <c r="E421" t="s">
+        <v>794</v>
+      </c>
+      <c r="F421" t="s">
+        <v>526</v>
+      </c>
+      <c r="G421" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H421" t="s">
+        <v>1205</v>
+      </c>
+    </row>
+    <row r="422" spans="1:8">
+      <c r="A422" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B422" t="s">
+        <v>9</v>
+      </c>
+      <c r="C422" t="s">
+        <v>577</v>
+      </c>
+      <c r="D422" t="s">
+        <v>793</v>
+      </c>
+      <c r="E422" t="s">
+        <v>794</v>
+      </c>
+      <c r="F422" t="s">
+        <v>526</v>
+      </c>
+      <c r="G422" s="1" t="s">
+        <v>1206</v>
+      </c>
+      <c r="H422" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="423" spans="1:8">
+      <c r="A423" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B423" t="s">
+        <v>9</v>
+      </c>
+      <c r="C423" t="s">
+        <v>124</v>
+      </c>
+      <c r="D423" t="s">
+        <v>793</v>
+      </c>
+      <c r="E423" t="s">
+        <v>794</v>
+      </c>
+      <c r="F423" t="s">
+        <v>587</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="H423" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="424" spans="1:8">
+      <c r="A424" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B424" t="s">
+        <v>9</v>
+      </c>
+      <c r="C424" t="s">
+        <v>201</v>
+      </c>
+      <c r="D424" t="s">
+        <v>793</v>
+      </c>
+      <c r="E424" t="s">
+        <v>794</v>
+      </c>
+      <c r="F424" t="s">
+        <v>587</v>
+      </c>
+      <c r="G424" s="1" t="s">
+        <v>1210</v>
+      </c>
+      <c r="H424" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="425" spans="1:8">
+      <c r="A425" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B425" t="s">
+        <v>9</v>
+      </c>
+      <c r="C425" t="s">
+        <v>646</v>
+      </c>
+      <c r="D425" t="s">
+        <v>793</v>
+      </c>
+      <c r="E425" t="s">
+        <v>794</v>
+      </c>
+      <c r="F425" t="s">
+        <v>587</v>
+      </c>
+      <c r="G425" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="H425" t="s">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="426" spans="1:8">
+      <c r="A426" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B426" t="s">
+        <v>9</v>
+      </c>
+      <c r="C426" t="s">
+        <v>22</v>
+      </c>
+      <c r="D426" t="s">
+        <v>1215</v>
+      </c>
+      <c r="E426" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F426" t="s">
+        <v>542</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H426" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="427" spans="1:8">
+      <c r="A427" t="s">
+        <v>888</v>
+      </c>
+      <c r="B427" t="s">
+        <v>9</v>
+      </c>
+      <c r="C427" t="s">
+        <v>25</v>
+      </c>
+      <c r="D427" t="s">
+        <v>1215</v>
+      </c>
+      <c r="E427" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F427" t="s">
+        <v>546</v>
+      </c>
+      <c r="G427" s="1" t="s">
+        <v>1219</v>
+      </c>
+      <c r="H427" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="428" spans="1:8">
+      <c r="A428" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B428" t="s">
+        <v>9</v>
+      </c>
+      <c r="C428" t="s">
+        <v>22</v>
+      </c>
+      <c r="D428" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E428" t="s">
+        <v>1222</v>
+      </c>
+      <c r="F428" t="s">
+        <v>26</v>
+      </c>
+      <c r="G428" s="1" t="s">
+        <v>1223</v>
+      </c>
+      <c r="H428" t="s">
+        <v>1224</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -13719,50 +15756,109 @@
     <hyperlink ref="G345" r:id="rId344"/>
     <hyperlink ref="G346" r:id="rId345"/>
     <hyperlink ref="G347" r:id="rId346"/>
     <hyperlink ref="G348" r:id="rId347"/>
     <hyperlink ref="G349" r:id="rId348"/>
     <hyperlink ref="G350" r:id="rId349"/>
     <hyperlink ref="G351" r:id="rId350"/>
     <hyperlink ref="G352" r:id="rId351"/>
     <hyperlink ref="G353" r:id="rId352"/>
     <hyperlink ref="G354" r:id="rId353"/>
     <hyperlink ref="G355" r:id="rId354"/>
     <hyperlink ref="G356" r:id="rId355"/>
     <hyperlink ref="G357" r:id="rId356"/>
     <hyperlink ref="G358" r:id="rId357"/>
     <hyperlink ref="G359" r:id="rId358"/>
     <hyperlink ref="G360" r:id="rId359"/>
     <hyperlink ref="G361" r:id="rId360"/>
     <hyperlink ref="G362" r:id="rId361"/>
     <hyperlink ref="G363" r:id="rId362"/>
     <hyperlink ref="G364" r:id="rId363"/>
     <hyperlink ref="G365" r:id="rId364"/>
     <hyperlink ref="G366" r:id="rId365"/>
     <hyperlink ref="G367" r:id="rId366"/>
     <hyperlink ref="G368" r:id="rId367"/>
     <hyperlink ref="G369" r:id="rId368"/>
+    <hyperlink ref="G370" r:id="rId369"/>
+    <hyperlink ref="G371" r:id="rId370"/>
+    <hyperlink ref="G372" r:id="rId371"/>
+    <hyperlink ref="G373" r:id="rId372"/>
+    <hyperlink ref="G374" r:id="rId373"/>
+    <hyperlink ref="G375" r:id="rId374"/>
+    <hyperlink ref="G376" r:id="rId375"/>
+    <hyperlink ref="G377" r:id="rId376"/>
+    <hyperlink ref="G378" r:id="rId377"/>
+    <hyperlink ref="G379" r:id="rId378"/>
+    <hyperlink ref="G380" r:id="rId379"/>
+    <hyperlink ref="G381" r:id="rId380"/>
+    <hyperlink ref="G382" r:id="rId381"/>
+    <hyperlink ref="G383" r:id="rId382"/>
+    <hyperlink ref="G384" r:id="rId383"/>
+    <hyperlink ref="G385" r:id="rId384"/>
+    <hyperlink ref="G386" r:id="rId385"/>
+    <hyperlink ref="G387" r:id="rId386"/>
+    <hyperlink ref="G388" r:id="rId387"/>
+    <hyperlink ref="G389" r:id="rId388"/>
+    <hyperlink ref="G390" r:id="rId389"/>
+    <hyperlink ref="G391" r:id="rId390"/>
+    <hyperlink ref="G392" r:id="rId391"/>
+    <hyperlink ref="G393" r:id="rId392"/>
+    <hyperlink ref="G394" r:id="rId393"/>
+    <hyperlink ref="G395" r:id="rId394"/>
+    <hyperlink ref="G396" r:id="rId395"/>
+    <hyperlink ref="G397" r:id="rId396"/>
+    <hyperlink ref="G398" r:id="rId397"/>
+    <hyperlink ref="G399" r:id="rId398"/>
+    <hyperlink ref="G400" r:id="rId399"/>
+    <hyperlink ref="G401" r:id="rId400"/>
+    <hyperlink ref="G402" r:id="rId401"/>
+    <hyperlink ref="G403" r:id="rId402"/>
+    <hyperlink ref="G404" r:id="rId403"/>
+    <hyperlink ref="G405" r:id="rId404"/>
+    <hyperlink ref="G406" r:id="rId405"/>
+    <hyperlink ref="G407" r:id="rId406"/>
+    <hyperlink ref="G408" r:id="rId407"/>
+    <hyperlink ref="G409" r:id="rId408"/>
+    <hyperlink ref="G410" r:id="rId409"/>
+    <hyperlink ref="G411" r:id="rId410"/>
+    <hyperlink ref="G412" r:id="rId411"/>
+    <hyperlink ref="G413" r:id="rId412"/>
+    <hyperlink ref="G414" r:id="rId413"/>
+    <hyperlink ref="G415" r:id="rId414"/>
+    <hyperlink ref="G416" r:id="rId415"/>
+    <hyperlink ref="G417" r:id="rId416"/>
+    <hyperlink ref="G418" r:id="rId417"/>
+    <hyperlink ref="G419" r:id="rId418"/>
+    <hyperlink ref="G420" r:id="rId419"/>
+    <hyperlink ref="G421" r:id="rId420"/>
+    <hyperlink ref="G422" r:id="rId421"/>
+    <hyperlink ref="G423" r:id="rId422"/>
+    <hyperlink ref="G424" r:id="rId423"/>
+    <hyperlink ref="G425" r:id="rId424"/>
+    <hyperlink ref="G426" r:id="rId425"/>
+    <hyperlink ref="G427" r:id="rId426"/>
+    <hyperlink ref="G428" r:id="rId427"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>